--- v0 (2025-12-24)
+++ v1 (2026-03-24)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$36</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$33</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y36"/>
+  <dimension ref="A1:Y33"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -319,64 +319,64 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Абазівська загальноосвітня школа І-ІІІ ступенів Полтавської міської ради</t>
+          <t>Абазівська гімназія Полтавської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140159</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Абазівська ЗОШ І-ІІІ ступенів</t>
+          <t>Абазівська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5324080101</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
@@ -654,3585 +654,3250 @@
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Бричківський навчально-виховний комплекс Полтавської міської ради</t>
+          <t>Комунальний заклад "Василівська загальноосвітня школа І-ІІІ ступенів Коломацької сільської ради Полтавського району Полтавської області"</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>140116</v>
+        <v>139948</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Бричківський НВК</t>
+          <t>КЗ "Василівська ЗОШ І-ІІІ ступенів"</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
-          <t>5324080201</t>
+          <t>5324080501</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
-          <t>с. Бричківка, Полтавський район, Полтавська область</t>
+          <t>с. Василівка, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 21-А</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
-          <t>UA53080370080036009</t>
+          <t>UA53080150020074910</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Бричківка</t>
+          <t>Полтавська обл., Полтавський р-н, с. Василівка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти Полтавської міської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Коломацької сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(0532)644137</t>
+          <t>(050)1980701</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>brechkovshkola@ukr.net</t>
+          <t>vasilivskaskola@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Промська Олена Іванівна</t>
+          <t>Директор Горіздра Людмила Михайлівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Валківська загальноосвітня школа І-ІІІ ступенів Полтавської міської ради</t>
+          <t>Вацівська філія гімназія ім. В.Тюріна Терешківського ліцею Терешківської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>140056</v>
+        <v>139949</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Валківська ЗОШ І-ІІІ ступенів</t>
+          <t>Вацівська філія</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
-          <t>5324080301</t>
+          <t>5324083904</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
-          <t>с. Валок, Полтавський район, Полтавська область</t>
+          <t>с. Ваці, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 51</t>
+          <t>вулиця Миру, 3Д</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
-          <t>UA53080370100023885</t>
+          <t>UA53080430050049635</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Валок</t>
+          <t>Полтавська обл., Полтавський р-н, с. Ваці</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти Полтавської міської ради</t>
+          <t>Відділ освіти Терешківської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(0532)643783</t>
+          <t>(095)5360518</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>valkivskazosh@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>vacivaci16@ukr.net</t>
+        </is>
+      </c>
+      <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Бабанська Олександра Григорівна</t>
+          <t>Завідувач філією Мотузенко Валентина Миколаївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Василівська загальноосвітня школа І-ІІІ ступенів Коломацької сільської ради Полтавського району Полтавської області"</t>
+          <t>Тростянецька філія І-ІІ ступенів Щербанівського ліцею Щербанівської сільської ради Полтавського району Полтавської області"</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>139948</v>
+        <v>140214</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Василівська ЗОШ І-ІІІ ступенів"</t>
+          <t>Тростянецька філіяІ-ІІ ступенів Щербанівського ліцею</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
-          <t>5324080501</t>
+          <t>5324086201</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
-          <t>с. Василівка, Полтавський район, Полтавська область</t>
+          <t>с. Великий Тростянець, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
+          <t>вулиця Центральна, 7</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
-          <t>UA53080150020074910</t>
+          <t>UA53080470030056958</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Василівка</t>
+          <t>Полтавська обл., Полтавський р-н, с. Великий Тростянець</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Коломацької сільської ради Полтавського району Полтавської області</t>
+          <t>Відділ освіти Щербанівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(050)1980701</t>
+          <t>(0532)647130</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>vasilivskaskola@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S7" s="4"/>
+          <t>trostjaneznvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S7" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/trostaneckijnvk/home</t>
+        </is>
+      </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Горіздра Людмила Михайлівна</t>
+          <t>Завідувач філією Літвінова Антоніна Анатоліївна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Вацівська філія гімназія ім. В.Тюріна Терешківського ліцею Терешківської сільської ради Полтавського району Полтавської області</t>
+          <t>Гожулівський навчально-виховний комплекс Полтавської міської ради</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>139949</v>
+        <v>140059</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Вацівська філія</t>
+          <t>Гожулівський НВК</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
-          <t>5324083904</t>
+          <t>5324080701</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
-          <t>с. Ваці, Полтавський район, Полтавська область</t>
+          <t>с. Гожули, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 3Д</t>
+          <t>вулиця Молодіжна, 20</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
-          <t>UA53080430050049635</t>
+          <t>UA53080370150016449</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Ваці</t>
+          <t>Полтавська обл., Полтавський р-н, с. Гожули</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Терешківської сільської ради Полтавського району Полтавської області</t>
+          <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(095)5360518</t>
+          <t>(0532)644652</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>vacivaci16@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S8" s="4"/>
+          <t>nvkgozhuly@gmail.com</t>
+        </is>
+      </c>
+      <c r="S8" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/gozhulinvk/</t>
+        </is>
+      </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Мотузенко Валентина Миколаївна</t>
+          <t>Директор Шевчук Ніна Михайлівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Тростянецька філія І-ІІ ступенів Щербанівського ліцею Щербанівської сільської ради Полтавського району Полтавської області"</t>
+          <t>Головачанська філія гімназія Терешківського ліцею Терешківської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>140214</v>
+        <v>140233</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Тростянецька філіяІ-ІІ ступенів Щербанівського ліцею</t>
+          <t>Головачанська філія гімназія Терешківського ліцею</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
-          <t>5324086201</t>
+          <t>5324081003</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
-          <t>с. Великий Тростянець, Полтавський район, Полтавська область</t>
+          <t>с. Головач, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 7</t>
+          <t>вулиця Кобзаря, 58</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
-          <t>UA53080470030056958</t>
+          <t>UA53080430060069813</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Великий Тростянець</t>
+          <t>Полтавська обл., Полтавський р-н, с. Головач</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Щербанівської сільської ради Полтавського району Полтавської області</t>
+          <t>Відділ освіти Терешківської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(0532)647130</t>
+          <t>(0532)643549</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>trostjaneznvk@ukr.net</t>
+          <t>golovatchnvk@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/trostaneckijnvk/home</t>
+          <t>https://sites.google.com/site/golovacanskijnvk</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Літвінова Антоніна Анатоліївна</t>
+          <t>Завідувач Кекіна Людмила Юріївна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Верхолянська загальноосвітня школа I-II ступенів Полтавської міської ради</t>
+          <t>Горянська філія І-ІІ ступенів Щербанівського ліцею Щербанівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>140117</v>
+        <v>139994</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Верхолянска ЗОШ I-II ступенів</t>
+          <t>Горянська філія І-ІІ ступенів Щербанівського ліцею</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
-          <t>5324081904</t>
+          <t>5324087702</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
-          <t>с. Верхоли, Полтавський район, Полтавська область</t>
+          <t>с. Гора, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Макаренка, 19</t>
+          <t>вулиця Нова, 1-А</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
-          <t>UA53080370110015265</t>
+          <t>UA53080470050078276</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Верхоли</t>
+          <t>Полтавська обл., Полтавський р-н, с. Гора</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти Полтавської міської ради</t>
+          <t>Відділ освіти Щербанівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(099)9138332</t>
+          <t>(0532)57-24-64</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>olgapalchikova@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>goraschool@gmail.com</t>
+        </is>
+      </c>
+      <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Пальчик Олена Вікторівна</t>
+          <t>Завідувач філією Дорощук Дмитро Олегович</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Гожулівський навчально-виховний комплекс Полтавської міської ради</t>
+          <t>Калашниківський навчально-виховний комплекс Мачухівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>140059</v>
+        <v>140137</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Гожулівський НВК</t>
+          <t>Калашниківський НВК</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
-          <t>5324080701</t>
+          <t>5324081301</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
-          <t>с. Гожули, Полтавський район, Полтавська область</t>
+          <t>с. Калашники, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 20</t>
+          <t>провулок Шкільний, 5</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
-          <t>UA53080370150016449</t>
+          <t>UA53080230080070185</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Гожули</t>
+          <t>Полтавська обл., Полтавський р-н, с. Калашники</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти Полтавської міської ради</t>
+          <t>Гуманітарний відділ виконавчого комітету Мачухівської сільської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(0532)644652</t>
+          <t>(0532)647488</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>nvkgozhuly@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>kalashnykivskyjnvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевчук Ніна Михайлівна</t>
+          <t>Директор Жизіцький Володимир Володимирович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Головачанська філія гімназія Терешківського ліцею Терешківської сільської ради Полтавського району Полтавської області</t>
+          <t>Кашубівська філія І ступеня Терешківського ліцею Терешківської сільської ради Полтавський район Полтавська область</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>140233</v>
+        <v>145884</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Головачанська філія гімназія Терешківського ліцею</t>
+          <t>Кашубівська філія</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
-          <t>5324081003</t>
+          <t>5324083906</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
-          <t>с. Головач, Полтавський район, Полтавська область</t>
+          <t>с. Кашубівка, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кобзаря, 58</t>
+          <t>вулиця Центральна, 2</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
-          <t>UA53080430060069813</t>
+          <t>UA53080430090023345</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Головач</t>
+          <t>Полтавська обл., Полтавський р-н, с. Кашубівка</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Терешківської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(0532)643549</t>
+          <t>(050)0413725</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>golovatchnvk@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>kashubivskazosh@ukr.net</t>
+        </is>
+      </c>
+      <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Кекіна Людмила Юріївна</t>
+          <t>Керівник Шевченко Лариса Володимирівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Горянська філія І-ІІ ступенів Щербанівського ліцею Щербанівської сільської ради Полтавського району Полтавської області</t>
+          <t>Ковалівська початкова школа Полтавської міської ради</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>139994</v>
+        <v>145954</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Горянська філія І-ІІ ступенів Щербанівського ліцею</t>
+          <t>Ковалівська ПШ</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
-          <t>5324087702</t>
+          <t>5324081901</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
-          <t>с. Гора, Полтавський район, Полтавська область</t>
+          <t>с. Ковалівка, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нова, 1-А</t>
+          <t>вулиця Музей Макаренка, 1</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
-          <t>UA53080470050078276</t>
+          <t>UA53080370300057617</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Гора</t>
+          <t>Полтавська обл., Полтавський р-н, с. Ковалівка</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Щербанівської сільської ради Полтавського району Полтавської області</t>
+          <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(0532)57-24-64</t>
+          <t>(0532)556737</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>goraschool@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S13" s="4"/>
+          <t>kovalivska1st@gmail.com</t>
+        </is>
+      </c>
+      <c r="S13" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/d/1t90NYaIykU2yShrTRQcwZU7Jm_FvMG5Q/p/1S9MlOSshclG9h8siCmkyDLvL96Kgc865/edit</t>
+        </is>
+      </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Дорощук Дмитро Олегович</t>
+          <t>Директор Гонтар Юлія Олексіївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Калашниківський навчально-виховний комплекс Мачухівської сільської ради Полтавського району Полтавської області</t>
+          <t>Полтавський ліцей Полтавської обласної ради</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>140137</v>
+        <v>143818</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Калашниківський НВК</t>
+          <t>Полтавський ліцей</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
-          <t>5324081301</t>
+          <t>5324081901</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
-          <t>с. Калашники, Полтавський район, Полтавська область</t>
+          <t>с. Ковалівка, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>провулок Шкільний, 5</t>
+          <t>вулиця Ващенка Григорія, 1</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
-          <t>UA53080230080070185</t>
+          <t>UA53080370300057617</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Калашники</t>
+          <t>Полтавська обл., Полтавський р-н, с. Ковалівка</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
-          <t>Гуманітарний відділ виконавчого комітету Мачухівської сільської ради</t>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(0532)647488</t>
+          <t>(0532)556734</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>kalashnykivskyjnvk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S14" s="4"/>
+          <t>gimnasija_im_makarenka@ukr.net</t>
+        </is>
+      </c>
+      <c r="S14" s="4" t="inlineStr">
+        <is>
+          <t>http://pogim.at.ua/</t>
+        </is>
+      </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Жизіцький Володимир Володимирович</t>
+          <t>Директор Шульга Валерій Іванович</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Кашубівська філія І ступеня Терешківського ліцею Терешківської сільської ради Полтавський район Полтавська область</t>
+          <t>Комунальний заклад "Коломацька загальноосвітня школа І-ІІІ ступенів Коломацької сільської ради Полтавського району Полтавської області"</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>145884</v>
+        <v>140119</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Кашубівська філія</t>
+          <t>КЗ "Коломацька ЗОШ І-ІІІ ступенів"</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
-          <t>5324083906</t>
+          <t>5324082701</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
-          <t>с. Кашубівка, Полтавський район, Полтавська область</t>
+          <t>с. Коломацьке, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 2</t>
+          <t>вулиця Шкільна, 34</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
-          <t>UA53080430090023345</t>
+          <t>UA53080150010042088</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Кашубівка</t>
+          <t>Полтавська обл., Полтавський р-н, с. Коломацьке</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Терешківської сільської ради Полтавського району Полтавської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Коломацької сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(050)0413725</t>
+          <t>(050)5541689</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>kashubivskazosh@ukr.net</t>
+          <t>kylukivka@gmail.com</t>
         </is>
       </c>
       <c r="S15" s="4"/>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Керівник Шевченко Лариса Володимирівна</t>
+          <t>Директор Лобас Ірина Леонідівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Ковалівська початкова школа Полтавської міської ради</t>
+          <t>Мар'ївська загальноосвітня школа І ступеня Новоселівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>145954</v>
+        <v>140058</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Ковалівська ПШ</t>
+          <t>Мар'ївська ЗОШ І ступеня</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
-          <t>5324081901</t>
+          <t>5324083711</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
-          <t>с. Ковалівка, Полтавський район, Полтавська область</t>
+          <t>с. Мар'ївка, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Музей Макаренка, 1</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця шкільна, 40</t>
+        </is>
+      </c>
+      <c r="L16" s="6"/>
+      <c r="M16" s="4"/>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти Полтавської міської ради</t>
+          <t>Відділ освіти виконавчого комітету Новоселівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(0532)556737</t>
+          <t>(097)2999649</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>kovalivska1st@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>marivka262@ukr.net</t>
+        </is>
+      </c>
+      <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Гонтар Юлія Олексіївна</t>
+          <t>Директор Распономарьова Людмила Борисівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Полтавський ліцей Полтавської обласної ради</t>
+          <t>Мачухівський ліцей Мачухівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>143818</v>
+        <v>139933</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>Полтавський ліцей</t>
+          <t>Мачухівський ліцей</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
-          <t>5324081901</t>
+          <t>5324083201</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
-          <t>с. Ковалівка, Полтавський район, Полтавська область</t>
+          <t>с. Мачухи, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ващенка Григорія, 1</t>
+          <t>вулиця Івана та Юрія Лип, 3</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
-          <t>UA53080370300057617</t>
+          <t>UA53080230010079895</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Ковалівка</t>
+          <t>Полтавська обл., Полтавський р-н, с. Мачухи</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
+          <t>Гуманітарний відділ виконавчого комітету Мачухівської сільської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(0532)556734</t>
+          <t>(0532)64-42-31</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>gimnasija_im_makarenka@ukr.net</t>
+          <t>machukhy_nvk@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>http://pogim.at.ua/</t>
+          <t>https://machukhivskij-navchalno-vikhovnij-kompleks6.webnode.com.ua/</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Шульга Валерій Іванович</t>
+          <t>Директор Білокінь Валентина Валеріївна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Коломацька загальноосвітня школа І-ІІІ ступенів Коломацької сільської ради Полтавського району Полтавської області"</t>
+          <t>Микільський навчально-реабілітаційний центр Полтавського району Полтавської обласної ради</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>140119</v>
+        <v>145161</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Коломацька ЗОШ І-ІІІ ступенів"</t>
+          <t>Микільський навчально-реабілітаційнй центр</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-реабілітаційний центр</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
-          <t>5324082701</t>
+          <t>5324083901</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
-          <t>с. Коломацьке, Полтавський район, Полтавська область</t>
+          <t>с. Микільське, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 34</t>
+          <t>вулиця Лісна, 5</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
-          <t>UA53080150010042088</t>
+          <t>UA53080430160049191</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Коломацьке</t>
+          <t>Полтавська обл., Полтавський р-н, с. Микільське</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Коломацької сільської ради Полтавського району Полтавської області</t>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(050)5541689</t>
+          <t>(0532)553875</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>kylukivka@gmail.com</t>
+          <t>mykilskecentr@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4"/>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Лобас Ірина Леонідівна</t>
+          <t>Директор Собакар Віра Володимирівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Мар'ївська загальноосвітня школа І ступеня Новоселівської сільської ради Полтавського району Полтавської області</t>
+          <t>Мильчанська філія Супрунівського навчально-виховного комплексу Полтавської міської ради</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>140058</v>
+        <v>146603</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Мар'ївська ЗОШ І ступеня</t>
+          <t>Мильчанська філія Супрунівського НВК</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
-          <t>5324083711</t>
+          <t>5324085207</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
-          <t>с. Мар'ївка, Полтавський район, Полтавська область</t>
+          <t>с. Мильці, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця шкільна, 40</t>
-[...3 lines deleted...]
-      <c r="M19" s="4"/>
+          <t>вулиця Центральна, 18</t>
+        </is>
+      </c>
+      <c r="L19" s="6" t="inlineStr">
+        <is>
+          <t>UA53080370360074187</t>
+        </is>
+      </c>
+      <c r="M19" s="4" t="inlineStr">
+        <is>
+          <t>Полтавська обл., Полтавський р-н, с. Мильці</t>
+        </is>
+      </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Новоселівської сільської ради Полтавського району Полтавської області</t>
+          <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(097)2999649</t>
+          <t>(0532)557184</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>marivka262@ukr.net</t>
+          <t>mylchanskazosh@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4"/>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Распономарьова Людмила Борисівна</t>
+          <t>Керівник Таранець Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Мачухівський ліцей Мачухівської сільської ради Полтавського району Полтавської області</t>
+          <t>Нестеренківська загальноосвітня школа І ступеня Новоселівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>139933</v>
+        <v>146604</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Мачухівський ліцей</t>
+          <t>Нестеренківська ЗОШ І ступеня</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
-          <t>5324083201</t>
+          <t>5324083701</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
-          <t>с. Мачухи, Полтавський район, Полтавська область</t>
+          <t>с. Нестеренки, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана та Юрія Лип, 3</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Миру, 47</t>
+        </is>
+      </c>
+      <c r="L20" s="6"/>
+      <c r="M20" s="4"/>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
-          <t>Гуманітарний відділ виконавчого комітету Мачухівської сільської ради</t>
+          <t>Відділ освіти виконавчого комітету Новоселівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(0532)64-42-31</t>
+          <t>(0532)646156</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>machukhy_nvk@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>nesterenkivska.zosh@ukr.net</t>
+        </is>
+      </c>
+      <c r="S20" s="4"/>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Білокінь Валентина Валеріївна</t>
+          <t>Директор Лазеба Наталія Олексіївна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Микільський навчально-реабілітаційний центр Полтавського району Полтавської обласної ради</t>
+          <t>Новоселівська гімназія Новоселівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>145161</v>
+        <v>140022</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>Микільський навчально-реабілітаційнй центр</t>
+          <t>Новоселівська гімназія</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>навчально-реабілітаційний центр</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
-          <t>5324083901</t>
+          <t>5324084001</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
-          <t>с. Микільське, Полтавський район, Полтавська область</t>
+          <t>с. Новоселівка, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лісна, 5</t>
+          <t>вулиця Олени Пчілки, 31</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
-          <t>UA53080430160049191</t>
+          <t>UA53080330010062774</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Микільське</t>
+          <t>Полтавська обл., Полтавський р-н, с. Новоселівка</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
+          <t>Відділ освіти виконавчого комітету Новоселівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(0532)553875</t>
+          <t>(0532)556838</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>mykilskecentr@ukr.net</t>
+          <t>novoselivka@gmail.com</t>
         </is>
       </c>
       <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Собакар Віра Володимирівна</t>
+          <t>Директор Пентова Анна Андріївна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Мильчанська філія Супрунівського навчально-виховного комплексу Полтавської міської ради</t>
+          <t>Пальчиківський навчально-виховний комплекс Полтавської міської ради</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>146603</v>
+        <v>140055</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Мильчанська філія Супрунівського НВК</t>
+          <t>Пальчиківський НВК</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
-          <t>5324085207</t>
+          <t>5324081401</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
-          <t>с. Мильці, Полтавський район, Полтавська область</t>
+          <t>с. Пальчиківка, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 18</t>
+          <t>вулиця Центральна, 2</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
-          <t>UA53080370360074187</t>
+          <t>UA53080370400015856</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Мильці</t>
+          <t>Полтавська обл., Полтавський р-н, с. Пальчиківка</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(0532)557184</t>
+          <t>(0532)647623</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>mylchanskazosh@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S22" s="4"/>
+          <t>kiroveschool@meta.ua</t>
+        </is>
+      </c>
+      <c r="S22" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/kirovskijnvc/</t>
+        </is>
+      </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Керівник Таранець Оксана Миколаївна</t>
+          <t>Директор Яковенко Олександра Миколаївна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Нестеренківська загальноосвітня школа І ступеня Новоселівської сільської ради Полтавського району Полтавської області</t>
+          <t>Комунальний заклад "Розсошенська гімназія Щербанівської сільської ради Полтавського району Полтавської області"</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>146604</v>
+        <v>139999</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>Нестеренківська ЗОШ І ступеня</t>
+          <t>Розсошенська гімназія</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
-          <t>5324083701</t>
+          <t>5324087705</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
-          <t>с. Нестеренки, Полтавський район, Полтавська область</t>
+          <t>с. Розсошенці, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 47</t>
-[...3 lines deleted...]
-      <c r="M23" s="4"/>
+          <t>вулиця Шкільна, 18</t>
+        </is>
+      </c>
+      <c r="L23" s="6" t="inlineStr">
+        <is>
+          <t>UA53080470120047950</t>
+        </is>
+      </c>
+      <c r="M23" s="4" t="inlineStr">
+        <is>
+          <t>Полтавська обл., Полтавський р-н, с. Розсошенці</t>
+        </is>
+      </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Новоселівської сільської ради Полтавського району Полтавської області</t>
+          <t>Відділ освіти Щербанівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(0532)646156</t>
+          <t>(0532)590214</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>nesterenkivska.zosh@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S23" s="4"/>
+          <t>rzsgymn@gmail.com</t>
+        </is>
+      </c>
+      <c r="S23" s="4" t="inlineStr">
+        <is>
+          <t>http://rzsschool.org.ua/</t>
+        </is>
+      </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Лазеба Наталія Олексіївна</t>
+          <t>Директор Яловець Євген Олександрович</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Новоселівська гімназія Новоселівської сільської ради Полтавського району Полтавської області</t>
+          <t>Рунівщинська гімназія Новоселівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>140022</v>
+        <v>140160</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>Новоселівська гімназія</t>
+          <t>Рунівщинська гімназія</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
-          <t>5324084001</t>
+          <t>5324084601</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
-          <t>с. Новоселівка, Полтавський район, Полтавська область</t>
+          <t>с. Рунівщина, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олени Пчілки, 31</t>
+          <t>вулиця Героїв України, 1</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
-          <t>UA53080330010062774</t>
+          <t>UA53080330270083419</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Новоселівка</t>
+          <t>Полтавська обл., Полтавський р-н, с. Рунівщина</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Новоселівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(0532)556838</t>
+          <t>(0532)646122</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>novoselivka@gmail.com</t>
+          <t>runivshchyna@gmail.com</t>
         </is>
       </c>
       <c r="S24" s="4"/>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Пентова Анна Андріївна</t>
+          <t>Директор Забільський Вадим Володимирович</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Пальчиківський навчально-виховний комплекс Полтавської міської ради</t>
+          <t>Сем'янівський навчально-виховний комплекс Полтавської міської ради</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>140055</v>
+        <v>140021</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>Пальчиківський НВК</t>
+          <t>Сем'янівський НВК</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
-          <t>5324081401</t>
+          <t>5324082401</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
-          <t>с. Пальчиківка, Полтавський район, Полтавська область</t>
+          <t>с. Сем'янівка, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 2</t>
+          <t>вулиця Центральна, 38</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
-          <t>UA53080370400015856</t>
+          <t>UA53080370440031303</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Пальчиківка</t>
+          <t>Полтавська обл., Полтавський р-н, с. Сем’янівка</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(0532)647623</t>
+          <t>(0532)555-754</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>kiroveschool@meta.ua</t>
+          <t>semyanivskiy.nvk@ukr.net</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/kirovskijnvc/</t>
+          <t>https://sites.google.com/view/semianivskiy-nvk/</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Яковенко Олександра Миколаївна</t>
+          <t>Директор Промська Олена Іванівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Розсошенська гімназія Щербанівської сільської ради Полтавського району Полтавської області"</t>
+          <t>Комунальний заклад "Степанівська загальноосвітня школа І-ІІ ступенів Коломацької сільської ради Полтавського району Полтавської області"</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>139999</v>
+        <v>141326</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>Розсошенська гімназія</t>
+          <t>КЗ "Степанівська ЗОШ І-ІІ ступенів"</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
-          <t>5324087705</t>
+          <t>5324082705</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
-          <t>с. Розсошенці, Полтавський район, Полтавська область</t>
+          <t>с. Степанівка, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 18</t>
+          <t>вулиця Історична, 40</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
-          <t>UA53080470120047950</t>
+          <t>UA53080150100011536</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Розсошенці</t>
+          <t>Полтавська обл., Полтавський р-н, с. Степанівка</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Щербанівської сільської ради Полтавського району Полтавської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Коломацької сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(0532)590214</t>
+          <t>(050)2874435</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>rzsgymn@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>stepanivskaschool@ukr.net</t>
+        </is>
+      </c>
+      <c r="S26" s="4"/>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Яловець Євген Олександрович</t>
+          <t>Директор Муравйова Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Рунівщинська гімназія Новоселівської сільської ради Полтавського району Полтавської області</t>
+          <t>опорний заклад загальної середньої освіти Степненський ліцей Коломацької сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>140160</v>
+        <v>140060</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>Рунівщинська гімназія</t>
+          <t>ОЗЗСО Степненський ліцей</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
-          <t>5324084601</t>
+          <t>5324084901</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
-          <t>с. Рунівщина, Полтавський район, Полтавська область</t>
+          <t>с-ще Степне, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв України, 1</t>
+          <t>вулиця Гараха, 1</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
-          <t>UA53080330270083419</t>
+          <t>UA53080150110042960</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Рунівщина</t>
+          <t>Полтавська обл., Полтавський р-н, с-ще Степне</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Новоселівської сільської ради Полтавського району Полтавської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Коломацької сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(0532)646122</t>
+          <t>(0532)559624</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>runivshchyna@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S27" s="4"/>
+          <t>stepne.school@gmail.com</t>
+        </is>
+      </c>
+      <c r="S27" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/stepnenskijnvk/</t>
+        </is>
+      </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Забільський Вадим Володимирович</t>
+          <t>Директор Мушит-Осташко Ася Анатоліївна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Сем'янівський навчально-виховний комплекс Полтавської міської ради</t>
+          <t>Судіївська гімназія Мачухівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>140021</v>
+        <v>140641</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>Сем'янівський НВК</t>
+          <t>Судіївська гімназія</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
-          <t>5324082401</t>
+          <t>5324085001</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
-          <t>с. Сем'янівка, Полтавський район, Полтавська область</t>
+          <t>с. Судіївка, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 38</t>
+          <t>вулиця Соборності, 9</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
-          <t>UA53080370440031303</t>
+          <t>UA53080230230070778</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Сем’янівка</t>
+          <t>Полтавська обл., Полтавський р-н, с. Судіївка</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти Полтавської міської ради</t>
+          <t>Гуманітарний відділ виконавчого комітету Мачухівської сільської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(0532)555-754</t>
+          <t>(0532)64-64-40</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>semyanivskiy.nvk@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>sudiivska.sch@gmail.com</t>
+        </is>
+      </c>
+      <c r="S28" s="4"/>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Промська Олена Іванівна</t>
+          <t>Директор Матюха Алла Володимирівна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Степанівська загальноосвітня школа І-ІІ ступенів Коломацької сільської ради Полтавського району Полтавської області"</t>
+          <t>Супрунівський навчально-виховний комплекс Полтавської міської ради</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>141326</v>
+        <v>140239</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Степанівська ЗОШ І-ІІ ступенів"</t>
+          <t>Супрунівський НВК</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
-          <t>5324082705</t>
+          <t>5324085201</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
-          <t>с. Степанівка, Полтавський район, Полтавська область</t>
+          <t>с. Супрунівка, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Історична, 40</t>
+          <t>вулиця Соборна, 5</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
-          <t>UA53080150100011536</t>
+          <t>UA53080370470068163</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Степанівка</t>
+          <t>Полтавська обл., Полтавський р-н, с. Супрунівка</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Коломацької сільської ради Полтавського району Полтавської області</t>
+          <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(050)2874435</t>
+          <t>(0532)557149</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>stepanivskaschool@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S29" s="4"/>
+          <t>syprynovka@meta.ua</t>
+        </is>
+      </c>
+      <c r="S29" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/view/schoolsnvk/</t>
+        </is>
+      </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Муравйова Світлана Володимирівна</t>
+          <t>Директор Таранець Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>опорний заклад загальної середньої освіти Степненський ліцей Коломацької сільської ради Полтавського району Полтавської області</t>
+          <t>Тахтаулівський навчально-виховний комплекс імені Самійла Величка Полтавської міської ради (опорний заклад)</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>140060</v>
+        <v>140235</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>ОЗЗСО Степненський ліцей</t>
+          <t>Тахтаулівський опорний НВК ім. Самійла Величка</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
-          <t>5324084901</t>
+          <t>5324085701</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
-          <t>с-ще Степне, Полтавський район, Полтавська область</t>
+          <t>с. Тахтаулове, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гараха, 1</t>
+          <t>вулиця Центральна, 115</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
-          <t>UA53080150110042960</t>
+          <t>UA53080370480068429</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с-ще Степне</t>
+          <t>Полтавська обл., Полтавський р-н, с. Тахтаулове</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Коломацької сільської ради Полтавського району Полтавської області</t>
+          <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(0532)559624</t>
+          <t>(0532)559311</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>stepne.school@gmail.com</t>
+          <t>taht.nvk@gmail.com</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/stepnenskijnvk/</t>
+          <t>https://sites.google.com/view/tnvk-im-sv/</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Мушит-Осташко Ася Анатоліївна</t>
+          <t>Директор Пономаренко Анастасія Валеріївна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Судіївська гімназія Мачухівської сільської ради Полтавського району Полтавської області</t>
+          <t>Терешківський ліцей Терешківської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>140641</v>
+        <v>140794</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>Судіївська гімназія</t>
+          <t>Терешківський ліцей Терешківської сільської ради</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
-          <t>5324085001</t>
+          <t>5324085901</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
-          <t>с. Судіївка, Полтавський район, Полтавська область</t>
+          <t>с. Терешки, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборності, 9</t>
+          <t>вулиця Шевченка, 9-А</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
-          <t>UA53080230230070778</t>
+          <t>UA53080430010099959</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Судіївка</t>
+          <t>Полтавська обл., Полтавський р-н, с. Терешки</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
-          <t>Гуманітарний відділ виконавчого комітету Мачухівської сільської ради</t>
+          <t>Відділ освіти Терешківської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(0532)64-64-40</t>
+          <t>(0532)553006</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>sudiivska.sch@gmail.com</t>
+          <t>23545191@ukr.net</t>
         </is>
       </c>
       <c r="S31" s="4"/>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Матюха Алла Володимирівна</t>
+          <t>Директор Шевченко Лариса Володимирівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Супрунівський навчально-виховний комплекс Полтавської міської ради</t>
+          <t>Чорноглазівська гімназія Полтавської міської ради</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>140239</v>
+        <v>140425</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>Супрунівський НВК</t>
+          <t>Чорноглазівська гімназія</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
-          <t>5324085201</t>
+          <t>5324086901</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
-          <t>с. Супрунівка, Полтавський район, Полтавська область</t>
+          <t>с. Чорноглазівка, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборна, 5</t>
+          <t>вулиця Миру, 1д</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
-          <t>UA53080370470068163</t>
+          <t>UA53080370540035517</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Супрунівка</t>
+          <t>Полтавська обл., Полтавський р-н, с. Чорноглазівка</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(0532)557149</t>
+          <t>(0532)643734</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>syprynovka@meta.ua</t>
+          <t>chernoglasovka@gmail.com</t>
         </is>
       </c>
       <c r="S32" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/schoolsnvk/</t>
+          <t>https://sites.google.com/view/chornoglasivkaschool</t>
         </is>
       </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Таранець Оксана Миколаївна</t>
+          <t>Директор Яківець Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Тахтаулівський навчально-виховний комплекс імені Самійла Величка Полтавської міської ради (опорний заклад)</t>
+          <t>Щербанівський ліцей Щербанівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>140235</v>
+        <v>141647</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>Тахтаулівський опорний НВК ім. Самійла Величка</t>
+          <t>Щербанівський ліцей</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
-          <t>5324085701</t>
+          <t>5324087701</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
-          <t>с. Тахтаулове, Полтавський район, Полтавська область</t>
+          <t>с. Щербані, Полтавський район, Полтавська область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 115</t>
+          <t>вулиця Центральна, 2</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
-          <t>UA53080370480068429</t>
+          <t>UA53080470010087826</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Тахтаулове</t>
+          <t>Полтавська обл., Полтавський р-н, с. Щербані</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти Полтавської міської ради</t>
+          <t>Відділ освіти Щербанівської сільської ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(0532)559311</t>
+          <t>(0532)598494</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>taht.nvk@gmail.com</t>
+          <t>shcherbanilitsei@gmail.com</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/tnvk-im-sv/</t>
+          <t>https://sites.google.com/view/scherbanilitsey</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Пономаренко Анастасія Валеріївна</t>
+          <t>Директор Драч Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
-[...333 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y36"/>
+  <autoFilter ref="A1:Y33"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>