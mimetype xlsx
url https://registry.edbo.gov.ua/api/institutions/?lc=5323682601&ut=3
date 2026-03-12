--- v0 (2025-11-05)
+++ v1 (2026-03-12)
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Лубенський р-н, с. Вишневе</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури і туризму виконавчого комітету Новооржицької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05357)93444</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>vyshneve.znz@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Сисенко Алла Дмитрівна</t>
+          <t>Т.в.о. директора Сисенко Алла Дмитрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>