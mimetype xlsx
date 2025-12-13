--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -394,57 +394,57 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53040070260015400</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Лубенський р-н, с. Тарасенкове</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Оржицької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05357)93133</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>tatananesen341@gmail.com</t>
+          <t>tarasenkivskazosh@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Несен Тетяна Борисівна</t>
+          <t>Т.в.о. директора Максименко Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>