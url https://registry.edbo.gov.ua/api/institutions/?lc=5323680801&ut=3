--- v0 (2025-12-04)
+++ v1 (2026-02-13)
@@ -367,51 +367,51 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5323680801</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Денисівка, Оржицький район, Полтавська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Лесевича, 31</t>
+          <t>вулиця Володимира Лесевича, 5</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53040070040083298</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Лубенський р-н, с. Денисівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Оржицької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05357)9-94-93</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">