--- v0 (2025-11-09)
+++ v1 (2026-01-10)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Войнихівська гімназія Лубенської міської ради Лубенського району Полтавської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>143104</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Войнихівська гімназія ЛМР</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5322881201</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Войниха, Лубенський район, Полтавська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 5</t>