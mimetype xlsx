--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Корсунівська гімназія Сенчанської сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>143362</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Корсунівська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5322683401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Корсунівка, Лохвицький район, Полтавська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Свища Ігоря, 55</t>