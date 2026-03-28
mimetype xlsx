--- v0 (2025-11-03)
+++ v1 (2026-03-28)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Мала Кохнівка, Кременчуцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 39</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53020110020023581</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Кременчуцький р-н, с. Мала Кохнівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>ДЕПАРТАМЕНТ ОСВІТИ КРЕМЕНЧУЦЬКОЇ МІСЬКОЇ РАДИ КРЕМЕНЧУЦЬКОГО РАЙОНУ ПОЛТАВСЬКОЇ ОБЛАСТІ</t>
+          <t>Департамент освіти Кременчуцької міської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)5214097</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>2233444m@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://mkohnivka-gimnaz14.pl.sch.in.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Талмазан Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>