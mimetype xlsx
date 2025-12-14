--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -388,57 +388,57 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 64</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53020170010021077</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Кременчуцький р-н, с. Омельник</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Омельницької сільської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(096)5542187</t>
+          <t>(068)7696858</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>omelnuknvk@gmail.com</t>
+          <t>ozomelnyk@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://omelnyk-school.com.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Т.в.о. директора Павловська Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>