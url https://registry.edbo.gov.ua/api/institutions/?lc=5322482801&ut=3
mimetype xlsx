--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -388,63 +388,63 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Приморська, 156</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53020190140070951</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Кременчуцький р-н, с. Недогарки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Піщанської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(067)7352835</t>
+          <t>(097)1747024</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>nedogarkyliceum@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Опирайло Наталія Ростиславівна</t>
+          <t>В.о. директора Войтенко Віталіна Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>