--- v0 (2025-12-27)
+++ v1 (2026-03-28)
@@ -1267,51 +1267,51 @@
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>с. Мала Кохнівка, Кременчуцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 39</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA53020110020023581</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Кременчуцький р-н, с. Мала Кохнівка</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>ДЕПАРТАМЕНТ ОСВІТИ КРЕМЕНЧУЦЬКОЇ МІСЬКОЇ РАДИ КРЕМЕНЧУЦЬКОГО РАЙОНУ ПОЛТАВСЬКОЇ ОБЛАСТІ</t>
+          <t>Департамент освіти Кременчуцької міської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(097)5214097</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>2233444m@gmail.com</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>http://mkohnivka-gimnaz14.pl.sch.in.ua/</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
           <t>Директор Талмазан Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
@@ -1824,51 +1824,51 @@
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>с. Потоки, Кременчуцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 5</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA53020110030063683</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Кременчуцький р-н, с. Потоки</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
-          <t>ДЕПАРТАМЕНТ ОСВІТИ КРЕМЕНЧУЦЬКОЇ МІСЬКОЇ РАДИ КРЕМЕНЧУЦЬКОГО РАЙОНУ ПОЛТАВСЬКОЇ ОБЛАСТІ</t>
+          <t>Департамент освіти Кременчуцької міської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
           <t>(096)7673251</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
           <t>potokizosh@gmail.com</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/potokivskagimnazia33/</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
           <t>Директор Свеколкіна Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>