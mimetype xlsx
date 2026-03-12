--- v0 (2025-11-07)
+++ v1 (2026-03-12)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Більськ, Котелевський район, Полтавська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 6</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53080170020026943</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с. Більськ</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та молоді Котелевської селищної ради</t>
+          <t>Відділ освіти Котелевської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05350)94540</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>bilsk.shool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Славгородська Леся Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">