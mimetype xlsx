--- v0 (2025-10-16)
+++ v1 (2026-02-06)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Котельва, Котелевський район, Полтавська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Полтавський шлях, 288</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53080170010073464</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с-ще Котельва</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та молоді Котелевської селищної ради</t>
+          <t>Відділ освіти Котелевської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05350)21209</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>kotschool4@meta.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>kotschool4.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Колос Валентина Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
@@ -496,51 +496,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Котельва, Котелевський район, Полтавська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Калантаївська, 1</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA53080170010073464</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с-ще Котельва</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та молоді Котелевської селищної ради</t>
+          <t>Відділ освіти Котелевської селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05350)21871</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>kotgymnasia1@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Довгуша Володимир Володимирович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
@@ -605,51 +605,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>смт Котельва, Котелевський район, Полтавська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Захисників України, 90</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA53080170010073464</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с-ще Котельва</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та молоді Котелевської селищної ради</t>
+          <t>Відділ освіти Котелевської селищної ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(05350)21533</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>kotelevska_2@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Шахун Юлія Борисівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">