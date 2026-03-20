--- v0 (2025-12-19)
+++ v1 (2026-03-20)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Більськ, Котелевський район, Полтавська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 6</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53080170020026943</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с. Більськ</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та молоді Котелевської селищної ради</t>
+          <t>Відділ освіти Котелевської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05350)94540</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>bilsk.shool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Славгородська Леся Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
@@ -564,92 +564,92 @@
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Деревківська філія Котелевського опорного ліцею №1 імені С.А.Ковпака Котелевської селищної ради</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>143351</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Деревківська філія</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>5322281301</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>с. Деревки, Котелевський район, Полтавська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 6</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA53080170030055475</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с. Деревки</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та молоді Котелевської селищної ради</t>
+          <t>Відділ освіти Котелевської селищної ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(05350)9-35-40</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>skul-derevky12@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Старокожка Алла Яківна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
@@ -827,51 +827,51 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>смт Котельва, Котелевський район, Полтавська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Полтавський шлях, 288</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA53080170010073464</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с-ще Котельва</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та молоді Котелевської селищної ради</t>
+          <t>Відділ освіти Котелевської селищної ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(05350)21209</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>kotschool4@meta.ua</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>kotschool4.at.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Колос Валентина Іванівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
@@ -940,51 +940,51 @@
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>смт Котельва, Котелевський район, Полтавська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Калантаївська, 1</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA53080170010073464</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с-ще Котельва</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та молоді Котелевської селищної ради</t>
+          <t>Відділ освіти Котелевської селищної ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(05350)21871</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>kotgymnasia1@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Довгуша Володимир Володимирович</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
@@ -1049,51 +1049,51 @@
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>смт Котельва, Котелевський район, Полтавська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Захисників України, 90</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA53080170010073464</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с-ще Котельва</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та молоді Котелевської селищної ради</t>
+          <t>Відділ освіти Котелевської селищної ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(05350)21533</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>kotelevska_2@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Шахун Юлія Борисівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">