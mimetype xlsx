--- v0 (2025-10-18)
+++ v1 (2026-01-16)
@@ -388,58 +388,54 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Олеся Гончара, 52</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53020090560078308</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Кременчуцький р-н, с. Хорішки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти,сім`ї, молоді та спорту виконавчого комітету Козельщинської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(05342)9-62-40</t>
-[...6 lines deleted...]
-      </c>
+          <t>(099)9493861</t>
+        </is>
+      </c>
+      <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>pokoz.khorish@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/horiskivska/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Гладка Марина Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>