--- v0 (2025-11-02)
+++ v1 (2025-12-21)
@@ -388,58 +388,54 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Захисників України, 6</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53020090470048110</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Кременчуцький р-н, с. Пригарівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти,сім`ї, молоді та спорту виконавчого комітету Козельщинської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(05342)94540</t>
-[...6 lines deleted...]
-      </c>
+          <t>(093)1951634</t>
+        </is>
+      </c>
+      <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>pokoz.prygar@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/prigarivska/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Попенко Валерій Іванович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>