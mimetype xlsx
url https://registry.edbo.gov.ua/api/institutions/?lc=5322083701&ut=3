--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 6-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53020090380062860</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Кременчуцький р-н, с. Оленівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти,сім`ї, молоді та спорту виконавчого комітету Козельщинської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(05342)99740</t>
+          <t>(095)9415146</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>pokoz.olen@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Пархоменко Олег Іванович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">