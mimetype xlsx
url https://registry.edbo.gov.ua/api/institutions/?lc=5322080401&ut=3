--- v0 (2025-10-31)
+++ v1 (2026-03-12)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Олеся Гончара, 62</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53020090030067742</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Кременчуцький р-н, с. Бреусівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти,сім`ї, молоді та спорту виконавчого комітету Козельщинської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(05342)9-81-72</t>
+          <t>(096)7642310</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>pokoz.breus@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Опришко Оксана Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">