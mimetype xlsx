--- v0 (2025-11-02)
+++ v1 (2026-01-31)
@@ -367,79 +367,75 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5322055100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Козельщина, Козельщинський район, Полтавська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Горького, 10-А</t>
+          <t>вулиця Ольги княгині, 10-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53020090010035873</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Кременчуцький р-н, с-ще Козельщина</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти,сім`ї, молоді та спорту виконавчого комітету Козельщинської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(05342)31643, (05342)31272</t>
-[...6 lines deleted...]
-      </c>
+          <t>(050)6845749</t>
+        </is>
+      </c>
+      <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>pokoz.koznvk@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://kozlitsey.e-schools.info/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Івашина Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>