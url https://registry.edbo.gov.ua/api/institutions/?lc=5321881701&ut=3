--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53080130170034905</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с. Дашківка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, туризму, молоді та спорту Кобеляцької міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05343)95840</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>dash_school@meta.ua</t>
+          <t>dash.school123@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://dashkivkaschool.ucoz.net/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Миндрул Валентина Михайлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>