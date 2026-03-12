--- v0 (2025-12-08)
+++ v1 (2026-03-12)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Кооперативна, 12</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53080190030063461</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с. Климівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Ланнівської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(050)7541058</t>
+          <t>(099)6830200</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>kl_school@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://atest.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Тущенко Світлана Володимирівна</t>
+          <t>Т.в.о. директора Попадін Тетяна Петрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>