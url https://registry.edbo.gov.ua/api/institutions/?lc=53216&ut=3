--- v0 (2025-11-07)
+++ v1 (2026-01-08)
@@ -1288,51 +1288,51 @@
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, м. Карлівка</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>ВІДДІЛ ОСВІТИ, МОЛОДІ ТА СПОРТУ КАРЛІВСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(05346)22172</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>school4_66@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Плахотнича Наталія Іванівна</t>
+          <t>Директор Пирлик Катерина Миколаївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">