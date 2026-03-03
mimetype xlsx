--- v0 (2025-10-14)
+++ v1 (2026-03-03)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5321381401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Велика Павлівка, Зіньківський район, Полтавська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кошового О, 131</t>
+          <t>вулиця Центральна, 131</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53080090090011464</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с. Велика Павлівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти та молоді виконавчого комітету Зіньківської міської ради Полтавської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05353)9-30-28</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">