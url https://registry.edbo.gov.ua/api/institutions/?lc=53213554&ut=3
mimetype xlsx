--- v0 (2025-10-16)
+++ v1 (2026-03-03)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Опішня, Зіньківський район, Полтавська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Партизанська, 21</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53080350010044287</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с-ще Опішня</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(053)5342001, (053)5342234</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>kmopishne@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Овчаренко Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">