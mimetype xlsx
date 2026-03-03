--- v0 (2025-12-25)
+++ v1 (2026-03-03)
@@ -1509,51 +1509,51 @@
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>смт Опішня, Зіньківський район, Полтавська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
           <t>вулиця Партизанська, 21</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA53080350010044287</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с-ще Опішня</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(053)5342001, (053)5342234</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>kmopishne@gmail.com</t>
         </is>
       </c>
       <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
           <t>Директор Овчаренко Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">