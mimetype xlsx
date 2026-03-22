--- v0 (2025-12-19)
+++ v1 (2026-03-22)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$30</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$29</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y30"/>
+  <dimension ref="A1:Y29"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -541,3060 +541,2951 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Бобрицький заклад загальної середньої освіти І-ІІ ступенів Великобудищанської сільської ради Полтавської області</t>
+          <t>Великобудищанський ліцей Великобудищанської сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>138514</v>
+        <v>138515</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Бобрицький ЗЗСО I-II ст.</t>
+          <t>Великобудищанський ліцей</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
-          <t>5320481101</t>
+          <t>5320481401</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
-          <t>с. Бобрик, Гадяцький район, Полтавська область</t>
+          <t>с. Великі Будища, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лісова, 3</t>
+          <t>вулиця Миру, 32</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
-          <t>UA53060050030082789</t>
+          <t>UA53060050010086967</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Бобрик</t>
+          <t>Полтавська обл., Миргородський р-н, с. Великі Будища</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Великобудищанської сільської ради</t>
+          <t>Відділ освіти, молоді та спорту Великобудищанської сільської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(05354)56540</t>
+          <t>(05354)56140</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>bobricjka-shkola@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S4" s="4"/>
+          <t>v-budithansjka-shkol@meta.ua</t>
+        </is>
+      </c>
+      <c r="S4" s="4" t="inlineStr">
+        <is>
+          <t>www.velbudyshcha-school.pl.sch.in.ua</t>
+        </is>
+      </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Голубенко Володимир Васильович</t>
+          <t>Директор Геращенко Олександр Вікторович</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Великобудищанський ліцей Великобудищанської сільської ради Полтавської області</t>
+          <t>Вельбівська гімназія Великобудищанської сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>138515</v>
+        <v>138510</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Великобудищанський ліцей</t>
+          <t>Вельбівська гімназія</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
-          <t>5320481401</t>
+          <t>5320481701</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
-          <t>с. Великі Будища, Гадяцький район, Полтавська область</t>
+          <t>с. Вельбівка, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 32</t>
+          <t>вулиця Шкільна, 7</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
-          <t>UA53060050010086967</t>
+          <t>UA53060050060052827</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Великі Будища</t>
+          <t>Полтавська обл., Миргородський р-н, с. Вельбівка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Великобудищанської сільської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(05354)56140</t>
+          <t>(05354)57140</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>v-budithansjka-shkol@meta.ua</t>
+          <t>veljbivsjka-shkola@meta.ua</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>www.velbudyshcha-school.pl.sch.in.ua</t>
+          <t>https://veljbivsjka.e-schools.info</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Геращенко Олександр Вікторович</t>
+          <t>Директор Гордієнко Олександр Петрович</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Вельбівська гімназія Великобудищанської сільської ради Полтавської області</t>
+          <t>Веприцький опорний ліцей Великобудищанської сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>138510</v>
+        <v>138525</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Вельбівська гімназія</t>
+          <t>Веприцький опорний ліцей</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
-          <t>5320481701</t>
+          <t>5320482001</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
-          <t>с. Вельбівка, Гадяцький район, Полтавська область</t>
+          <t>с. Веприк, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 7</t>
+          <t>вулиця Васюти, 57</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
-          <t>UA53060050060052827</t>
+          <t>UA53060050070098808</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Вельбівка</t>
+          <t>Полтавська обл., Миргородський р-н, с. Веприк</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Великобудищанської сільської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(05354)57140</t>
+          <t>(05354)59340</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>veljbivsjka-shkola@meta.ua</t>
+          <t>vepricjka-shkola@meta.ua</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>https://veljbivsjka.e-schools.info</t>
+          <t>http://veprykschool01.wixsite.com/school</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Гордієнко Олександр Петрович</t>
+          <t>Директор Іщенко Ірина Іванівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Веприцький опорний ліцей Великобудищанської сільської ради Полтавської області</t>
+          <t>Філія "Гречанівська початкова школа" Сватківського опорного ліцею Краснолуцької сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>138525</v>
+        <v>139160</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Веприцький опорний ліцей</t>
+          <t>Філія "Гречанівська початкова школа"</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
-          <t>5320482001</t>
+          <t>5320482401</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
-          <t>с. Веприк, Гадяцький район, Полтавська область</t>
+          <t>с. Гречанівка, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Васюти, 57</t>
+          <t>вулиця Сумська, 31</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
-          <t>UA53060050070098808</t>
+          <t>UA53060170060044796</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Веприк</t>
+          <t>Полтавська обл., Миргородський р-н, с. Гречанівка</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Великобудищанської сільської ради</t>
+          <t>Виконавчий комітет Краснолуцької сільської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(05354)59340</t>
+          <t>(05354)55443</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
-      <c r="R7" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R7" s="4"/>
+      <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Іщенко Ірина Іванівна</t>
+          <t>Завідувач філією Мегель Лариса Володимирівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Філія "Гречанівська початкова школа" Сватківського опорного ліцею Краснолуцької сільської ради Полтавської області</t>
+          <t>Качанівська гімназія Сергіївської сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>139160</v>
+        <v>140195</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Філія "Гречанівська початкова школа"</t>
+          <t>Качанівська гімназія</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
-          <t>5320482401</t>
+          <t>5320482601</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
-          <t>с. Гречанівка, Гадяцький район, Полтавська область</t>
+          <t>с. Качанове, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумська, 31</t>
+          <t>вулиця Клубна, 2</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
-          <t>UA53060170060044796</t>
+          <t>UA53060310070023534</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Гречанівка</t>
+          <t>Полтавська обл., Миргородський р-н, с. Качанове</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Краснолуцької сільської ради</t>
+          <t>Виконавчий комітет Сергіївської сільської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(05354)55443</t>
+          <t>(05354)54319</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
-      <c r="R8" s="4"/>
-      <c r="S8" s="4"/>
+      <c r="R8" s="4" t="inlineStr">
+        <is>
+          <t>kachanivsjka-shkola@meta.ua</t>
+        </is>
+      </c>
+      <c r="S8" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/kachanove.ukr.education/welcome/</t>
+        </is>
+      </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Мегель Лариса Володимирівна</t>
+          <t>Директор Носенко Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Качанівська гімназія Сергіївської сільської ради Полтавської області</t>
+          <t>Книшівський ліцей Великобудищанської сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>140195</v>
+        <v>139578</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Качанівська гімназія</t>
+          <t>Книшівський ліцей</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
-          <t>5320482601</t>
+          <t>5320483001</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
-          <t>с. Качанове, Гадяцький район, Полтавська область</t>
+          <t>с. Книшівка, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Клубна, 2</t>
+          <t>вулиця Шкільна, 10</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
-          <t>UA53060310070023534</t>
+          <t>UA53060050110032061</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Качанове</t>
+          <t>Полтавська обл., Миргородський р-н, с. Книшівка</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Сергіївської сільської ради</t>
+          <t>Відділ освіти, молоді та спорту Великобудищанської сільської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(05354)54319</t>
+          <t>(05354)55159</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>kachanivsjka-shkola@meta.ua</t>
+          <t>Knishivsjka-shkola@meta.ua</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/kachanove.ukr.education/welcome/</t>
+          <t>http://www.knishovkazosh.ucoz.ua</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Носенко Наталія Вікторівна</t>
+          <t>Директор Інзик Сергій Іванович</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Книшівський ліцей Великобудищанської сільської ради Полтавської області</t>
+          <t>Краснолуцька гімназія Краснолуцької сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>139578</v>
+        <v>139209</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Книшівський ліцей</t>
+          <t>Краснолуцька гімназія</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
-          <t>5320483001</t>
+          <t>5320483601</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
-          <t>с. Книшівка, Гадяцький район, Полтавська область</t>
+          <t>с. Красна Лука, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 10</t>
+          <t>вулиця Миру, 30</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
-          <t>UA53060050110032061</t>
+          <t>UA53060170010077833</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Книшівка</t>
+          <t>Полтавська обл., Миргородський р-н, с. Красна Лука</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Великобудищанської сільської ради</t>
+          <t>Виконавчий комітет Краснолуцької сільської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(05354)55159</t>
+          <t>(05354)57-3-40</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>Knishivsjka-shkola@meta.ua</t>
+          <t>krasno-lucjka-shkola@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://www.knishovkazosh.ucoz.ua</t>
+          <t>http://krasnaluka-school.pl.sch.in.ua</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Інзик Сергій Іванович</t>
+          <t>Директор Ракитянський Назарій Іванович</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Краснолуцька гімназія Краснолуцької сільської ради Полтавської області</t>
+          <t>Лисівська гімназія Лютенської сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>139209</v>
+        <v>139428</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Краснолуцька гімназія</t>
+          <t>Лисівська гімназія</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
-          <t>5320483601</t>
+          <t>5320484101</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
-          <t>с. Красна Лука, Гадяцький район, Полтавська область</t>
+          <t>с. Лисівка, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 30</t>
+          <t>вулиця Жовтнева, 5</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
-          <t>UA53060170010077833</t>
+          <t>UA53060210040053726</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Красна Лука</t>
+          <t>Полтавська обл., Миргородський р-н, с. Лисівка</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Краснолуцької сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту виконавчого комітету Лютенської сільської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(05354)57-3-40</t>
+          <t>(05354)52140</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>krasno-lucjka-shkola@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>lysivska-shkola@meta.ua</t>
+        </is>
+      </c>
+      <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Заколодяжна Світлана Григорівна</t>
+          <t>Директор Калашник Людмила Іванівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Лисівська гімназія Лютенської сільської ради Полтавської області</t>
+          <t>Опорний заклад "Лютенський ліцей імені М.Л. Величая" Лютенської сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>139428</v>
+        <v>139009</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Лисівська гімназія</t>
+          <t>ОЗ "Лютенський ліцей"</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
-          <t>5320484101</t>
+          <t>5320484401</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
-          <t>с. Лисівка, Гадяцький район, Полтавська область</t>
+          <t>с. Лютенька, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жовтнева, 5</t>
+          <t>вулиця Дружби, 61</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
-          <t>UA53060210040053726</t>
+          <t>UA53060210010056848</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Лисівка</t>
+          <t>Полтавська обл., Миргородський р-н, с. Лютенька</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту виконавчого комітету Лютенської сільської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(05354)52140</t>
+          <t>(05354)53-6-34</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>lysivska-shkola@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S12" s="4"/>
+          <t>lyutensjka-shkola@meta.ua</t>
+        </is>
+      </c>
+      <c r="S12" s="4" t="inlineStr">
+        <is>
+          <t>http://liutenka-school.pl.sch.in.ua</t>
+        </is>
+      </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Калашник Людмила Іванівна</t>
+          <t>Т.в.о. директора Триль Наталія Іванівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад "Лютенський ліцей імені М.Л. Величая" Лютенської сільської ради Полтавської області</t>
+          <t>Мартинівська гімназія Великобудищанської сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>139009</v>
+        <v>139060</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>ОЗ "Лютенський ліцей"</t>
+          <t>Мартинівська гімназія</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
-          <t>5320484401</t>
+          <t>5320484701</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
-          <t>с. Лютенька, Гадяцький район, Полтавська область</t>
+          <t>с. Мартинівка, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дружби, 61</t>
+          <t>провулок Шкільний, 11</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
-          <t>UA53060210010056848</t>
+          <t>UA53060050120050160</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Лютенька</t>
+          <t>Полтавська обл., Миргородський р-н, с. Мартинівка</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту виконавчого комітету Лютенської сільської ради</t>
+          <t>Відділ освіти, молоді та спорту Великобудищанської сільської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(05354)53-6-34</t>
+          <t>(05354)56240</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>lyutensjka-shkola@meta.ua</t>
+          <t>martinivsjka-shkola@meta.ua</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://liutenka-school.pl.sch.in.ua</t>
+          <t>https://martynovka.wixsite.com/shkola</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Триль Наталія Іванівна</t>
+          <t>Директор Близнюк Інна Григорівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Мартинівська гімназія Великобудищанської сільської ради Полтавської області</t>
+          <t>Оснягівський заклад загальної середньої освіти І ступеня Гадяцької міської ради Полтавської області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>139060</v>
+        <v>145292</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Мартинівська гімназія</t>
+          <t>Оснягівський ЗЗСО І ст.</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
-          <t>5320484701</t>
+          <t>5320480405</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
-          <t>с. Мартинівка, Гадяцький район, Полтавська область</t>
+          <t>с. Осняги, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>провулок Шкільний, 11</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Комарова, 38А</t>
+        </is>
+      </c>
+      <c r="L14" s="6"/>
+      <c r="M14" s="4"/>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Великобудищанської сільської ради</t>
+          <t>Відділ освіти, молоді та спорту Гадяцької міської ради Полтавської області</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(05354)56240</t>
+          <t>(095)7761925</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>martinivsjka-shkola@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>lukash.lyubow@yandeks.ua</t>
+        </is>
+      </c>
+      <c r="S14" s="4"/>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Близнюк Інна Григорівна</t>
+          <t> Лукаш Любов Іванівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Оснягівський заклад загальної середньої освіти І ступеня Гадяцької міської ради Полтавської області</t>
+          <t>Петрівсько-Роменський ліцей Петрівсько-Роменської сільської ради Миргородського району Полтавської області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>145292</v>
+        <v>140994</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Оснягівський ЗЗСО І ст.</t>
+          <t>Петрівсько - Роменський ліцей</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
-          <t>5320480405</t>
+          <t>5320485201</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
-          <t>с. Осняги, Гадяцький район, Полтавська область</t>
+          <t>с. Петрівка-Роменська, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Комарова, 38А</t>
-[...3 lines deleted...]
-      <c r="M15" s="4"/>
+          <t>вулиця Покровська, 17</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="inlineStr">
+        <is>
+          <t>UA53060250010098781</t>
+        </is>
+      </c>
+      <c r="M15" s="4" t="inlineStr">
+        <is>
+          <t>Полтавська обл., Миргородський р-н, с. Петрівка-Роменська</t>
+        </is>
+      </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Гадяцької міської ради Полтавської області</t>
+          <t>Виконавчий комітет Петрівсько-Роменської сільської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(095)7761925</t>
+          <t>(05354)58540</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>lukash.lyubow@yandeks.ua</t>
-[...2 lines deleted...]
-      <c r="S15" s="4"/>
+          <t>p-romensjka-shkola@meta.ua</t>
+        </is>
+      </c>
+      <c r="S15" s="4" t="inlineStr">
+        <is>
+          <t>http://школа.петрівка.укр</t>
+        </is>
+      </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t> Лукаш Любов Іванівна</t>
+          <t>Директор Білик Світлана Михайлівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Петрівсько-Роменський ліцей Петрівсько-Роменської сільської ради Миргородського району Полтавської області</t>
+          <t>Пирятинщинський заклад загальної середньої освіти І ступеня Краснолуцької сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>140994</v>
+        <v>144371</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Петрівсько - Роменський ліцей</t>
+          <t>Пирятинщинський ЗЗСО І ступеня</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
-          <t>5320485201</t>
+          <t>5320484603</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
-          <t>с. Петрівка-Роменська, Гадяцький район, Полтавська область</t>
+          <t>с. Пирятинщина, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Покровська, 17</t>
+          <t>провулок Шкільний, 2, 6</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
-          <t>UA53060250010098781</t>
+          <t>UA53060170120076344</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Петрівка-Роменська</t>
+          <t>Полтавська обл., Миргородський р-н, с. Пирятинщина</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Петрівсько-Роменської сільської ради</t>
+          <t>Виконавчий комітет Краснолуцької сільської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(05354)58540</t>
+          <t>(05354)54213</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>p-romensjka-shkola@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>sv_shutko@ukr.net</t>
+        </is>
+      </c>
+      <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Білик Світлана Михайлівна</t>
+          <t>В.о. директора Шутько Світлана Анатоліївна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Пирятинщинський заклад загальної середньої освіти І ступеня Краснолуцької сільської ради Полтавської області</t>
+          <t>Плішивецька загальноосвітня школа I-II ступенів Гадяцької районної ради Полтавської області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>144371</v>
+        <v>138893</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D17" s="4"/>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
-          <t>5320484603</t>
+          <t>5320485301</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
-          <t>с. Пирятинщина, Гадяцький район, Полтавська область</t>
+          <t>с. Плішивець, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>провулок Шкільний, 2, 6</t>
+          <t>вулиця Соборна, 33</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
-          <t>UA53060170120076344</t>
+          <t>UA53060050160081826</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Пирятинщина</t>
+          <t>Полтавська обл., Миргородський р-н, с. Плішивець</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Краснолуцької сільської ради</t>
+          <t>Відділ освіти Гадяцької районної державної адміністрації</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(05354)54213</t>
+          <t>(05354)5-44-40</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>sv_shutko@ukr.net</t>
+          <t>plishivecjka-shkola@meta.ua</t>
         </is>
       </c>
       <c r="S17" s="4"/>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Шутько Світлана Анатоліївна</t>
+          <t>Директор Устименко Олена Василівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Плішивецька загальноосвітня школа I-II ступенів Гадяцької районної ради Полтавської області</t>
+          <t>Рашівський ліцей Лютенської сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>138893</v>
+        <v>139061</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D18" s="4"/>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>Рашівський ліцей</t>
+        </is>
+      </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
-          <t>5320485301</t>
+          <t>5320485501</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
-          <t>с. Плішивець, Гадяцький район, Полтавська область</t>
+          <t>с. Рашівка, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборна, 33</t>
+          <t>вулиця Миру, 63</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
-          <t>UA53060050160081826</t>
+          <t>UA53060210090093734</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Плішивець</t>
+          <t>Полтавська обл., Миргородський р-н, с. Рашівка</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Гадяцької районної державної адміністрації</t>
+          <t>Відділ освіти, культури, молоді та спорту виконавчого комітету Лютенської сільської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(05354)5-44-40</t>
+          <t>(05354)52-340</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>plishivecjka-shkola@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S18" s="4"/>
+          <t>rashivsjka-shkola@meta.ua</t>
+        </is>
+      </c>
+      <c r="S18" s="4" t="inlineStr">
+        <is>
+          <t>http://rashivka-zosh.pl.sch.in.ua</t>
+        </is>
+      </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Устименко Олена Василівна</t>
+          <t>Директор Вакуленко Анастасія Олександрівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Рашівський ліцей Лютенської сільської ради Полтавської області</t>
+          <t>Римарівський ліцей Краснолуцької сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>139061</v>
+        <v>139275</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Рашівський ліцей</t>
+          <t>Римарівський ліцей Краснолуцької сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
-          <t>5320485501</t>
+          <t>5320486501</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
-          <t>с. Рашівка, Гадяцький район, Полтавська область</t>
+          <t>с. Римарівка, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 63</t>
+          <t>вулиця Соборна, 63</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
-          <t>UA53060210090093734</t>
+          <t>UA53060170130034986</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Рашівка</t>
+          <t>Полтавська обл., Миргородський р-н, с. Римарівка</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту виконавчого комітету Лютенської сільської ради</t>
+          <t>Виконавчий комітет Краснолуцької сільської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(05354)52-340</t>
+          <t>(05354)55599</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>rashivsjka-shkola@meta.ua</t>
+          <t>rimarivsjka-shkola@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>http://rashivka-zosh.pl.sch.in.ua</t>
+          <t>https://sites.google.com/view/rumarivskuy-lisey</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Вакуленко Анастасія Олександрівна</t>
+          <t>Директор Пустовгар Сергій Володимирович</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Римарівський ліцей Краснолуцької сільської ради Полтавської області</t>
+          <t>Розбишівська гімназія Сергіївської сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>139275</v>
+        <v>141215</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Римарівський ліцей Краснолуцької сільської ради Полтавської області</t>
+          <t>Розбишівська гімназія</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
-          <t>5320486501</t>
+          <t>5320485901</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
-          <t>с. Римарівка, Гадяцький район, Полтавська область</t>
+          <t>с. Розбишівка, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборна, 63</t>
+          <t>вулиця Центральна, 18</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
-          <t>UA53060170130034986</t>
+          <t>UA53060310110029349</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Римарівка</t>
+          <t>Полтавська обл., Миргородський р-н, с. Розбишівка</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Краснолуцької сільської ради</t>
+          <t>Виконавчий комітет Сергіївської сільської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(05354)55599</t>
+          <t>(05354)55315</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>rimarivsjka-shkola@ukr.net</t>
+          <t>rozbishivsjka-shkola@meta.ua</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/rumarivskuy-lisey</t>
+          <t>http://schkola.in.ua</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Пустовгар Сергій Володимирович</t>
+          <t>Директор Дузь Валентина Михайлівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Розбишівська гімназія Сергіївської сільської ради Полтавської області</t>
+          <t>Розбишівський навчально-реабілітаційний центр з поглибленим професійно-трудовим навчанням Полтавської обласної ради</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>141215</v>
+        <v>146301</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>Розбишівська гімназія</t>
+          <t>Навчально-реабілітаційний центр</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>навчально-реабілітаційний центр</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>5320485901</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>с. Розбишівка, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 18</t>
+          <t>вулиця Першотравнева, 44</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA53060310110029349</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Миргородський р-н, с. Розбишівка</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Сергіївської сільської ради</t>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(05354)55315</t>
+          <t>(05354)55-3-58</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>rozbishivsjka-shkola@meta.ua</t>
+          <t>terminal37330@meta.ua</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
-          <t>http://schkola.in.ua</t>
+          <t>rozbishevka.in.ua</t>
         </is>
       </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Дузь Валентина Михайлівна</t>
+          <t>В.о. директора Литовченко Катерина Іванівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Розбишівський навчально-реабілітаційний центр з поглибленим професійно-трудовим навчанням Полтавської обласної ради</t>
+          <t>Ручківська філія Петрівсько-Роменського ліцею Петрівсько-Роменської сільської ради Миргородського району Полтавської області</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>146301</v>
+        <v>140283</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Навчально-реабілітаційний центр</t>
+          <t>Ручківська філія</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>навчально-реабілітаційний центр</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
-          <t>5320485901</t>
+          <t>5320486201</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
-          <t>с. Розбишівка, Гадяцький район, Полтавська область</t>
+          <t>с. Ручки, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Першотравнева, 44</t>
+          <t>вулиця Андроника Чайки, 6</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
-          <t>UA53060310110029349</t>
+          <t>UA53060250090051444</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Розбишівка</t>
+          <t>Полтавська обл., Миргородський р-н, с. Ручки</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
+          <t>Виконавчий комітет Петрівсько-Роменської сільської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(05354)55-3-58</t>
+          <t>(05354)53512</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>terminal37330@meta.ua</t>
+          <t>ruchkivsjka-shkola@meta.ua</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
-          <t>rozbishevka.in.ua</t>
+          <t>http://ruchki1.at.ua</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Литовченко Катерина Іванівна</t>
+          <t>Завідувач філією Козуб Юрій Михайлович</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Ручківська філія Петрівсько-Роменського ліцею Петрівсько-Роменської сільської ради Миргородського району Полтавської області</t>
+          <t>Сарський опорний ліцей Гадяцької міської ради</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>140283</v>
+        <v>139574</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>Ручківська філія</t>
+          <t>Сарський опорний ліцей</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
-          <t>5320486201</t>
+          <t>5320486901</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
-          <t>с. Ручки, Гадяцький район, Полтавська область</t>
+          <t>с. Сари, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Андроника Чайки, 6</t>
+          <t>вулиця Центральна, 64</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
-          <t>UA53060250090051444</t>
+          <t>UA53060090180022310</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Ручки</t>
+          <t>Полтавська обл., Миргородський р-н, с. Сари</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Петрівсько-Роменської сільської ради</t>
+          <t>Відділ освіти, молоді та спорту Гадяцької міської ради Полтавської області</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(05354)53512</t>
+          <t>(05354)5-95-46, (05354)5-96-34, (05354)5-95-66</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>ruchkivsjka-shkola@meta.ua</t>
+          <t>sarsjka-shkola@meta.ua</t>
         </is>
       </c>
       <c r="S23" s="4" t="inlineStr">
         <is>
-          <t>http://ruchki1.at.ua</t>
+          <t>https://sites.google.com/site/sitesarsjkashkola/home</t>
         </is>
       </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Козуб Юрій Михайлович</t>
+          <t>Директор Огризько Ігор Васильович</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Сарський опорний ліцей Гадяцької міської ради</t>
+          <t>Сватківський опорний ліцей Краснолуцької сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>139574</v>
+        <v>139231</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>Сарський опорний ліцей</t>
+          <t>Сватківський опорний ліцей Краснолуцької сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
-          <t>5320486901</t>
+          <t>5320487201</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
-          <t>с. Сари, Гадяцький район, Полтавська область</t>
+          <t>с. Сватки, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 64</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
-          <t>UA53060090180022310</t>
+          <t>UA53060170140049371</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Сари</t>
+          <t>Полтавська обл., Миргородський р-н, с. Сватки</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Гадяцької міської ради Полтавської області</t>
+          <t>Виконавчий комітет Краснолуцької сільської ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(05354)5-95-46, (05354)5-96-34, (05354)5-95-66</t>
+          <t>(05354)55-6-40</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>sarsjka-shkola@meta.ua</t>
+          <t>sv.zzso@ukr.net</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/sitesarsjkashkola/home</t>
+          <t>http://svatky-zosh.pl.sch.in.ua/</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Огризько Ігор Васильович</t>
+          <t>Директор Дудка Петро Васильович</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Сватківський опорний ліцей Краснолуцької сільської ради Полтавської області</t>
+          <t>Сергіївський ліцей Сергіївської сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>139231</v>
+        <v>140963</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>Сватківський опорний ліцей Краснолуцької сільської ради Полтавської області</t>
+          <t>Сергіївський ліцей</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
-          <t>5320487201</t>
+          <t>5320483401</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
-          <t>с. Сватки, Гадяцький район, Полтавська область</t>
+          <t>с. Сергіївка, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>провулок Шкільний, 3</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
-          <t>UA53060170140049371</t>
+          <t>UA53060310010071486</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Сватки</t>
+          <t>Полтавська обл., Миргородський р-н, с. Сергіївка</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Краснолуцької сільської ради</t>
+          <t>Виконавчий комітет Сергіївської сільської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(05354)55-6-40</t>
+          <t>(05354)54140</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>sv.zzso@ukr.net</t>
+          <t>Krasnoznamensjka-sk@meta.ua</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
-          <t>http://svatky-zosh.pl.sch.in.ua/</t>
+          <t>http://sites.google.com/view/sl-98</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Дудка Петро Васильович</t>
+          <t>Директор Горб Віктор Іванович</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Сергіївський ліцей Сергіївської сільської ради Полтавської області</t>
+          <t>Середняківська філія Петрівсько-Роменського ліцею Петрівсько-Роменської сільської ради Миргородського району Полтавської області</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>140963</v>
+        <v>138894</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>Сергіївський ліцей</t>
+          <t>Середняківська філія</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
-          <t>5320483401</t>
+          <t>5320487501</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
-          <t>с. Сергіївка, Гадяцький район, Полтавська область</t>
+          <t>с. Середняки, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>провулок Шкільний, 3</t>
+          <t>вулиця Шляхова, 50</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
-          <t>UA53060310010071486</t>
+          <t>UA53060250100033159</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Сергіївка</t>
+          <t>Полтавська обл., Миргородський р-н, с. Середняки</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Сергіївської сільської ради</t>
+          <t>Виконавчий комітет Петрівсько-Роменської сільської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(05354)54140</t>
+          <t>(05354)57-2-40</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>Krasnoznamensjka-sk@meta.ua</t>
+          <t>serednyakivsjka-sk@meta.ua</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
-          <t>http://sites.google.com/view/sl-98</t>
+          <t>sch1914.blogspot.com</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Горб Віктор Іванович</t>
+          <t>Завідувач філією Стеценко Михайло Петрович</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Середняківська філія Петрівсько-Роменського ліцею Петрівсько-Роменської сільської ради Миргородського району Полтавської області</t>
+          <t>Соснівська гімназія Лютенської сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>138894</v>
+        <v>139066</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>Середняківська філія</t>
+          <t>Соснівська гімназія</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
-          <t>5320487501</t>
+          <t>5320487801</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
-          <t>с. Середняки, Гадяцький район, Полтавська область</t>
+          <t>с. Соснівка, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шляхова, 50</t>
+          <t>вулиця Миру, 107</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
-          <t>UA53060250100033159</t>
+          <t>UA53060210110055313</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Середняки</t>
+          <t>Полтавська обл., Миргородський р-н, с. Соснівка</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Петрівсько-Роменської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту виконавчого комітету Лютенської сільської ради</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(05354)57-2-40</t>
+          <t>(05354)57-7-40</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>serednyakivsjka-sk@meta.ua</t>
+          <t>sosnivsjka-shkola@meta.ua</t>
         </is>
       </c>
       <c r="S27" s="4" t="inlineStr">
         <is>
-          <t>sch1914.blogspot.com</t>
+          <t>http://sosnivka-zosh.pl.sch.in.ua/</t>
         </is>
       </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Стеценко Михайло Петрович</t>
+          <t>Директор Рудченко Ірина Василівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Соснівська гімназія Лютенської сільської ради Полтавської області</t>
+          <t>Хитцівський заклад загальної середньої освіти І-ІІ ступенів Краснолуцької сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>139066</v>
+        <v>139447</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>Соснівська гімназія</t>
+          <t>Хитцівський ЗЗСО І-ІІ ступенів</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
-          <t>5320487801</t>
+          <t>5320483603</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
-          <t>с. Соснівка, Гадяцький район, Полтавська область</t>
+          <t>с. Хитці, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 107</t>
+          <t>вулиця Незалежності, 2</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
-          <t>UA53060210110055313</t>
+          <t>UA53060170160061229</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Соснівка</t>
+          <t>Полтавська обл., Миргородський р-н, с. Хитці</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту виконавчого комітету Лютенської сільської ради</t>
+          <t>Виконавчий комітет Краснолуцької сільської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(05354)57-7-40</t>
+          <t>(05354)21570</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>sosnivsjka-shkola@meta.ua</t>
+          <t>khitcivsjka-shkola@meta.ua</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
-          <t>http://sosnivka-zosh.pl.sch.in.ua/</t>
+          <t>http://school1999.klasna.com</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Рудченко Ірина Василівна</t>
+          <t>Директор Хлібко Анатолій Васильович</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Хитцівський заклад загальної середньої освіти І-ІІ ступенів Краснолуцької сільської ради Полтавської області</t>
+          <t>Ціпківська гімназія Краснолуцької сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>139447</v>
+        <v>139106</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>Хитцівський ЗЗСО І-ІІ ступенів</t>
+          <t>Ціпківська гімназія</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
-          <t>5320483603</t>
+          <t>5320488501</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
-          <t>с. Хитці, Гадяцький район, Полтавська область</t>
+          <t>с. Ціпки, Гадяцький район, Полтавська область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 2</t>
+          <t>вулиця Ватутіна, 6</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
-          <t>UA53060170160061229</t>
+          <t>UA53060170180012791</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Хитці</t>
+          <t>Полтавська обл., Миргородський р-н, с. Ціпки</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Краснолуцької сільської ради</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(05354)21570</t>
+          <t>(05354)57440</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>khitcivsjka-shkola@meta.ua</t>
+          <t>cipkivsjka-gymnasium@ukr.net</t>
         </is>
       </c>
       <c r="S29" s="4" t="inlineStr">
         <is>
-          <t>http://school1999.klasna.com</t>
+          <t>https://sites.google.com/view/cipkischool</t>
         </is>
       </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Хлібко Анатолій Васильович</t>
+          <t>В.о. директора Корнієнко Світлана Іванівна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
-[...111 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y30"/>
+  <autoFilter ref="A1:Y29"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>