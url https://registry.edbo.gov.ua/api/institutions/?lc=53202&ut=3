--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$19</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$17</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y19"/>
+  <dimension ref="A1:Y17"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -778,51 +778,51 @@
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>опорний заклад "Гоголівський ліцей виконавчого комітету Гоголівської селищної ради"</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>140173</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>опорний заклад "Гоголівський ліцей"</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>5320255400</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>смт Гоголеве, Великобагачанський район, Полтавська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Горєва, 12</t>
@@ -1086,1260 +1086,1042 @@
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Матяшівська філія опорного закладу "Гоголівський ліцей виконавчого комітету Гоголівської селищної ради"</t>
+          <t>Михайлівська загальноосвітня школа І ступеня виконавчого комітету Гоголівської селищної ради Миргородського району Полтавської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>137694</v>
+        <v>137038</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Матяшівська філія</t>
+          <t>Михайлівська ЗОШ І ступеня</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
-          <t>5320282901</t>
+          <t>5320282601</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
-          <t>с. Матяшівка, Великобагачанський район, Полтавська область</t>
+          <t>с. Михайлівка, Великобагачанський район, Полтавська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Травнева, 1</t>
+          <t>вулиця Шкільна, 3</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
-          <t>UA53060110060089940</t>
+          <t>UA53060110070077654</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Матяшівка</t>
+          <t>Полтавська обл., Миргородський р-н, с. Михайлівка</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Гоголівської селищної ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(0534)5-9-35-40</t>
+          <t>(05345)9-67-60</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>matyash.school@gmail.com</t>
+          <t>krocus1966@meta.ua</t>
         </is>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Колодний Олександр Миколайович</t>
+          <t> Явтушенко Олександр Михайлович</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська загальноосвітня школа І ступеня виконавчого комітету Гоголівської селищної ради Миргородського району Полтавської області</t>
+          <t>Остап'євський заклад загальної середньої освіти І-ІІІ ступенів Решетилівської міської ради Полтавської області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>137038</v>
+        <v>137044</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська ЗОШ І ступеня</t>
+          <t>Остап'євський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
-          <t>5320282601</t>
+          <t>5320283601</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
-          <t>с. Михайлівка, Великобагачанський район, Полтавська область</t>
+          <t>с. Остап'є, Великобагачанський район, Полтавська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 3</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
-          <t>UA53060110070077654</t>
+          <t>UA53080390510078483</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Михайлівка</t>
+          <t>Полтавська обл., Полтавський р-н, с. Остап’є</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Гоголівської селищної ради</t>
+          <t>Відділ освіти Решетилівської міської ради Полтавської області</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(05345)9-67-60</t>
+          <t>(05345)93326</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>krocus1966@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S10" s="4"/>
+          <t>ostap-school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S10" s="4" t="inlineStr">
+        <is>
+          <t>http://ostap-scool.at.ua</t>
+        </is>
+      </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t> Явтушенко Олександр Михайлович</t>
+          <t>Директор Дем'яненко Наталія Борисівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Мостовівщинська гімназія Білоцерківської сільської ради Миргородського району Полтавської області</t>
+          <t>Подільська гімназія Білоцерківської сільської ради Миргородського району Полтавської області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>138273</v>
+        <v>137726</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Мостовівщинська гімназія</t>
+          <t>Подільська гімназія</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
-          <t>5320281803</t>
+          <t>5320284001</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
-          <t>с. Мостовівщина, Великобагачанський район, Полтавська область</t>
+          <t>с. Поділ, Великобагачанський район, Полтавська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 50</t>
+          <t>вулиця Дружби, 38</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
-          <t>UA53060010180034607</t>
+          <t>UA53060010210063944</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Мостовівщина</t>
+          <t>Полтавська обл., Миргородський р-н, с. Поділ</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Білоцерківської сільської ради Миргородського району Полтавської області</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(050)1948578</t>
+          <t>(066)6878219</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>mostov13@ukr.net</t>
+          <t>Podil2012@meta.ua</t>
         </is>
       </c>
       <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Нетяга Олександр Григорович</t>
+          <t>Директор Король Ігор Іванович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Остап'євський заклад загальної середньої освіти І-ІІІ ступенів Решетилівської міської ради Полтавської області</t>
+          <t>Попівська гімназія Білоцерківської сільської ради Миргородського району Полтавської області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>137044</v>
+        <v>137862</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Остап'євський ЗЗСО І-ІІІ ступенів</t>
+          <t>Попівська гімназія</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
-          <t>5320283601</t>
+          <t>5320281804</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
-          <t>с. Остап'є, Великобагачанський район, Полтавська область</t>
+          <t>с. Попове, Великобагачанський район, Полтавська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
-          <t>UA53080390510078483</t>
+          <t>UA53060010220063143</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Полтавський р-н, с. Остап’є</t>
+          <t>Полтавська обл., Миргородський р-н, с. Попове</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Решетилівської міської ради Полтавської області</t>
+          <t>Відділ освіти, молоді та спорту виконавчого комітету Білоцерківської сільської ради Миргородського району Полтавської області</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(05345)93326</t>
+          <t>(05345)96134</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>ostap-school@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>popoveschool@gmail.com</t>
+        </is>
+      </c>
+      <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Дем'яненко Наталія Борисівна</t>
+          <t>Директор Макойда Петро Федорович</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Подільська гімназія Білоцерківської сільської ради Миргородського району Полтавської області</t>
+          <t>Радивонівська гімназія Великобагачанської селищної ради Миргородського району Полтавської області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>137726</v>
+        <v>137902</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Подільська гімназія</t>
+          <t>Радивонівська гімназія</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
-          <t>5320284001</t>
+          <t>5320284301</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
-          <t>с. Поділ, Великобагачанський район, Полтавська область</t>
+          <t>с. Радивонівка, Великобагачанський район, Полтавська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дружби, 38</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
-          <t>UA53060010210063944</t>
+          <t>UA53060030200066422</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Поділ</t>
+          <t>Полтавська обл., Миргородський р-н, с. Радивонівка</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту виконавчого комітету Білоцерківської сільської ради Миргородського району Полтавської області</t>
+          <t>Управління з питань освіти, культури, молоді, туризму, спорту та гуманітарного розвитку Виконавчого комітету Великобагачанської селищної ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(066)6878219</t>
+          <t>(05345)96488</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>Podil2012@meta.ua</t>
+          <t>radion-school@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Король Ігор Іванович</t>
+          <t>Директор Колінько Наталія Іванівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Попівська гімназія Білоцерківської сільської ради Миргородського району Полтавської області</t>
+          <t>Рокитянський ліцей Білоцерківської сільської ради Миргородського району Полтавської області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>137862</v>
+        <v>140874</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Попівська гімназія</t>
+          <t>Рокитянський ліцей</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
-          <t>5320281804</t>
+          <t>5320284701</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
-          <t>с. Попове, Великобагачанський район, Полтавська область</t>
+          <t>с. Рокита, Великобагачанський район, Полтавська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
+          <t>вулиця Зелена, 18</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
-          <t>UA53060010220063143</t>
+          <t>UA53060010230010777</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Попове</t>
+          <t>Полтавська обл., Миргородський р-н, с. Рокита</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Білоцерківської сільської ради Миргородського району Полтавської області</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(05345)96134</t>
+          <t>(053)2963318</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>popoveschool@gmail.com</t>
+          <t>rokitaschool@gmail.com</t>
         </is>
       </c>
       <c r="S14" s="4"/>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Макойда Петро Федорович</t>
+          <t>Директор Борблик Наталія Василівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Радивонівська гімназія Великобагачанської селищної ради Миргородського району Полтавської області</t>
+          <t>Степанівська гімназія Великобагачанської селищної ради Миргородського району Полтавської області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>137902</v>
+        <v>137907</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Радивонівська гімназія</t>
+          <t>Степаніівська гімназія</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
-          <t>5320284301</t>
+          <t>5320285001</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
-          <t>с. Радивонівка, Великобагачанський район, Полтавська область</t>
+          <t>с. Степанівка, Великобагачанський район, Полтавська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
+          <t>вулиця Героїв України, 3</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
-          <t>UA53060030200066422</t>
+          <t>UA53060030230090598</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Радивонівка</t>
+          <t>Полтавська обл., Миргородський р-н, с. Степанівка</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління з питань освіти, культури, молоді, туризму, спорту та гуманітарного розвитку Виконавчого комітету Великобагачанської селищної ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(05345)96488</t>
+          <t>(05345)9-66-40</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>radion-school@ukr.net</t>
+          <t>step.zosh.2st@gmail.com</t>
         </is>
       </c>
       <c r="S15" s="4"/>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Ліхтей Тетяна Іванівна</t>
+          <t>Директор Велика Валентина Олександрівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Рокитянський ліцей Білоцерківської сільської ради Миргородського району Полтавської області</t>
+          <t>Устивицька гімназія Гоголівської селищної ради</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>140874</v>
+        <v>137043</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Рокитянський ліцей</t>
+          <t>Устивицька гімназія</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
-          <t>5320284701</t>
+          <t>5320285301</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
-          <t>с. Рокита, Великобагачанський район, Полтавська область</t>
+          <t>с. Устивиця, Великобагачанський район, Полтавська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зелена, 18</t>
+          <t>вулиця Шевченка, 4</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
-          <t>UA53060010230010777</t>
+          <t>UA53060110100084459</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Рокита</t>
+          <t>Полтавська обл., Миргородський р-н, с. Устивиця</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту виконавчого комітету Білоцерківської сільської ради Миргородського району Полтавської області</t>
+          <t>Виконавчий комітет Гоголівської селищної ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(053)2963318</t>
+          <t>(05345)9-71-61</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>rokitaschool@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S16" s="4"/>
+          <t>ustiv-school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S16" s="4" t="inlineStr">
+        <is>
+          <t>http://ustiv-school.at.ua</t>
+        </is>
+      </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Борблик Наталія Василівна</t>
+          <t>Директор Кальник Юрій Миколайович</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Степанівська гімназія Великобагачанської селищної ради Миргородського району Полтавської області</t>
+          <t>Якимівська гімназія Великобагачанської селищної ради Миргородського району Полтавської області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>137907</v>
+        <v>141508</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>Степаніівська гімназія</t>
+          <t>Якимівська гімназія</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
-          <t>5320285001</t>
+          <t>5320280301</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
-          <t>с. Степанівка, Великобагачанський район, Полтавська область</t>
+          <t>с. Якимове, Великобагачанський район, Полтавська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв України, 3</t>
+          <t>вулиця Молодіжна, 1</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
-          <t>UA53060030230090598</t>
+          <t>UA53060030290074056</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
-          <t>Полтавська обл., Миргородський р-н, с. Степанівка</t>
+          <t>Полтавська обл., Миргородський р-н, с. Якимове</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління з питань освіти, культури, молоді, туризму, спорту та гуманітарного розвитку Виконавчого комітету Великобагачанської селищної ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(05345)9-66-40</t>
+          <t>(05345)9-36-40</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>step.zosh.2st@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S17" s="4"/>
+          <t>ya.zosch@ukr.net</t>
+        </is>
+      </c>
+      <c r="S17" s="4" t="inlineStr">
+        <is>
+          <t>http://yazosch.ucoz.ua</t>
+        </is>
+      </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Велика Валентина Олександрівна</t>
+          <t>Директор Пицяк Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
-[...224 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y19"/>
+  <autoFilter ref="A1:Y17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>