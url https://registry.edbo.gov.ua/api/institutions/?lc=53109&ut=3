--- v0 (2025-10-14)
+++ v1 (2026-03-31)
@@ -432,64 +432,64 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Миргородська гімназія №7 Миргородської міської ради Полтавської області</t>
+          <t>Миргородська гімназія №7 імені Олександра Оксанченка Миргородської міської ради Полтавської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>142864</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Миргородська гімназія № 7</t>
+          <t>Миргородська гімназія № 7 ім. О. Оксанченка</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>5310900000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>