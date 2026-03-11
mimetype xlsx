--- v0 (2025-10-31)
+++ v1 (2026-03-11)
@@ -681,51 +681,51 @@
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Гімназія імені Володимира Малика Лубенської міської ради Лубенського району Полтавської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>143334</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Гімназія ім. В.Малика ЛМР</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>5310700000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Лубни, Полтавська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Чорновола В'ячеслава, 92</t>