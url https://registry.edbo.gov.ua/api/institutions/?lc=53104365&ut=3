--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -501,51 +501,51 @@
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Велика набережна, 37</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA53020110010228624</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Кременчук</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>ДЕПАРТАМЕНТ ОСВІТИ КРЕМЕНЧУЦЬКОЇ МІСЬКОЇ РАДИ КРЕМЕНЧУЦЬКОГО РАЙОНУ ПОЛТАВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(098)7482422, (097)3781856</t>
+          <t>(098)7482422</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>school-16@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://school-16.klasna.com</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Ванжула Лілія Станіславівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>