--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -840,51 +840,51 @@
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Велика набережна, 37</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA53020110010228624</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Кременчук</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>ДЕПАРТАМЕНТ ОСВІТИ КРЕМЕНЧУЦЬКОЇ МІСЬКОЇ РАДИ КРЕМЕНЧУЦЬКОГО РАЙОНУ ПОЛТАВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(098)7482422, (097)3781856</t>
+          <t>(098)7482422</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>school-16@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>http://school-16.klasna.com</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Ванжула Лілія Станіславівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
@@ -1292,67 +1292,67 @@
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>вулиця Академіка Маслова, 12</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA53020110010112104</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Кременчук</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>ДЕПАРТАМЕНТ ОСВІТИ КРЕМЕНЧУЦЬКОЇ МІСЬКОЇ РАДИ КРЕМЕНЧУЦЬКОГО РАЙОНУ ПОЛТАВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(097)3341732</t>
+          <t>(097)8313303</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>znz-20@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>http://znz20.com.ua</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Арутюнова Олена Станіславівна</t>
+          <t>Директор Ключка Микола Володимирович</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
@@ -1642,51 +1642,51 @@
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Кременчук</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>ДЕПАРТАМЕНТ ОСВІТИ КРЕМЕНЧУЦЬКОЇ МІСЬКОЇ РАДИ КРЕМЕНЧУЦЬКОГО РАЙОНУ ПОЛТАВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(097)0681078</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>kozaks_school24@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://schoolkozaks24.at.ua</t>
+          <t>https://schoolkozaks24.e-schools.info</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
           <t>Директор Шутов Дмитро Олександрович</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -2656,51 +2656,51 @@
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Кременчук</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
           <t>(098)3051249</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
           <t>kvskorobagatko@ukr.net</t>
         </is>
       </c>
       <c r="S22" s="4"/>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Скоробагатько Клавдія Володимирівна</t>
+          <t>Директор Пирогова Ніна Анатоліївна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
@@ -4386,51 +4386,51 @@
       <c r="A38" s="4" t="inlineStr">
         <is>
           <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "КРЕМЕНЧУЦЬКИЙ ЛІЦЕЙ "ЛЬОН &amp; ДРІМ СКУЛ"</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
         <v>176658</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>ЛІЦЕЙ "ЛЬОН &amp; ДРІМ СКУЛ"</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
           <t>5310400000</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
           <t>Кременчук, Полтавська область</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
           <t>вулиця Лікаря Богаєвського, 13А</t>