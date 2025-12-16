--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Гадяцької міської ради Полтавської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05354)23417</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>gadyacjka-shkola2@meta.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://hadiachschool2.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Нестеренко Наталія Вікторівна</t>
+          <t>Директор Литвиненко Олександр Сергійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">