--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -319,589 +319,589 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Загальноосвітня школа I-III ступенів №1 Горішньоплавнівської міської ради Кременчуцького району Полтавської області</t>
+          <t>Гімназія №2 Горішньоплавнівської міської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
-        <v>142024</v>
+        <v>142025</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ЗОШ I-III ступенів №1</t>
+          <t>Гімназія №2</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5310200000</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Горішні Плавні, Полтавська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 5</t>
+          <t>вулиця Молодіжна, 25</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53020030010087471</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Горішні Плавні</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Горішньоплавнівської міської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(05348)44581</t>
+          <t>(05348)44381</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>school1koms@gmail.com</t>
+          <t>znz2@hp2school.ukr.education</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>https://www.school1hp.org</t>
+          <t>https://schoolofhp.wixsite.com/zosh2hp/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Тягай Наталія Анатоліївна</t>
+          <t> Кириченко Тетяна Григорівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Загальноосвітня школа I-III ступенів №2 Горішньоплавнівської міської ради Кременчуцького району Полтавської області</t>
+          <t>Гімназія №4 Горішньоплавнівської міської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>142025</v>
+        <v>142660</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>ЗОШ І ІІІ ступенів №2</t>
+          <t>Гімназія №4</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>5310200000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Горішні Плавні, Полтавська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 25</t>
+          <t>вулиця Конституції, 20</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA53020030010087471</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Горішні Плавні</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Горішньоплавнівської міської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(05348)44381</t>
+          <t>(05348)44200, (068)9227624</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>znz2@hp2school.ukr.education</t>
+          <t>school4hp@sch4.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>https://schoolofhp.wixsite.com/zosh2hp/</t>
+          <t>http://sch4.net</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t> Кириченко Тетяна Григорівна</t>
+          <t>Директор Бурлака Лідія Іванівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Загальноосвітня школа І-ІІІ ступенів №6 Горішньоплавнівської міської ради Кременчуцького району Полтавської області</t>
+          <t>Загальноосвітня школа I-III ступенів №1 Горішньоплавнівської міської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>144226</v>
+        <v>142024</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>ЗОШ І-ІІІ ступенів № 6</t>
+          <t>ЗОШ I-III ступенів №1</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>5310200000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Горішні Плавні, Полтавська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Добровольського, 65</t>
+          <t>вулиця Миру, 5</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA53020030010087471</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Горішні Плавні</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Горішньоплавнівської міської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(05348)44235</t>
+          <t>(05348)44581</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>zosh6komsomolsk@gmail.com</t>
+          <t>school1koms@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>https://www.zosh6hp.com</t>
+          <t>https://www.school1hp.org</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Федоренко Лілія Федорівна</t>
+          <t>Директор Тягай Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад «Загальноосвітня школа І-ІІІ ступенів №3 імені В.О. Нижниченка Горішньоплавнівської міської ради Кременчуцького району Полтавської області»</t>
+          <t>Загальноосвітня школа І-ІІІ ступенів №6 Горішньоплавнівської міської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>144223</v>
+        <v>144226</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>ЗОШ І-ІІІ ступенів №3 ім. В.О. Нижниченка</t>
+          <t>ЗОШ І-ІІІ ступенів № 6</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>5310200000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Горішні Плавні, Полтавська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Добровольського, 27</t>
+          <t>вулиця Добровольського, 65</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA53020030010087471</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Горішні Плавні</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Горішньоплавнівської міської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(05348)4-45-16</t>
+          <t>(05348)44235</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>gimnaziumkom@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S5" s="4"/>
+          <t>zosh6komsomolsk@gmail.com</t>
+        </is>
+      </c>
+      <c r="S5" s="4" t="inlineStr">
+        <is>
+          <t>https://www.zosh6hp.com</t>
+        </is>
+      </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Шахман Інна Віталіївна</t>
+          <t>Директор Федоренко Лілія Федорівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована загальноосвітня школа I-III ступенів №4 з поглибленим вивченням англійської мови Горішньоплавнівської міської ради Кременчуцького району Полтавської області</t>
+          <t>Опорний заклад «Загальноосвітня школа І-ІІІ ступенів №3 імені В.О. Нижниченка Горішньоплавнівської міської ради Кременчуцького району Полтавської області»</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>142660</v>
+        <v>144223</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>СЗОШ №4</t>
+          <t>ЗОШ І-ІІІ ступенів №3 ім. В.О. Нижниченка</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>5310200000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Горішні Плавні, Полтавська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Конституції, 20</t>
+          <t>вулиця Добровольського, 27</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA53020030010087471</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Горішні Плавні</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Горішньоплавнівської міської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(05348)44200, (068)9227624</t>
+          <t>(05348)4-45-16</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>school4hp@sch4.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>gimnaziumkom@gmail.com</t>
+        </is>
+      </c>
+      <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Бурлака Лідія Іванівна</t>
+          <t>Директор Шахман Інна Віталіївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Спеціалізована загальноосвітня школа І-ІІІ ступенів №5 з поглибленим вивченням предметів природничо-математичного циклу ім.Л.І.Бугаєвської Горішньоплавнівської міської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>