--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -1345,51 +1345,51 @@
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>Ліцей № 26 "Шевченківський" Полтавської міської ради</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>141205</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО № 26</t>
+          <t>Ліцей № 26</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>5310137000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
@@ -3075,51 +3075,51 @@
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>5310137000</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ціолковського, 11</t>
+          <t>вулиця Ігоря Дорошенка, 11</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
           <t>(0532)589765</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">