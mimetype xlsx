--- v1 (2025-12-07)
+++ v2 (2026-02-16)
@@ -2962,51 +2962,51 @@
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>5310137000</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кагамлика, 31а</t>
+          <t>вулиця Володимира В'язуна, 31а</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>(0532)593986</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">