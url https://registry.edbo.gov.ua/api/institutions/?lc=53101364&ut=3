--- v0 (2025-12-05)
+++ v1 (2026-02-16)
@@ -2240,132 +2240,132 @@
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Приватна початкова школа міста Полтава "ДКУ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ Гімназія «ЛЬОН&amp;ДРІМ СКУЛ ПОЛТАВА»</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
         <v>176635</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Приватна початкова школа міста Полтава "ДКУ"</t>
+          <t>ТОВ Гімназія «ЛЬОН&amp;ДРІМ СКУЛ ПОЛТАВА»</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>5310136400</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Старий Поділ, 4</t>
+          <t>вулиця вул. Грицаєнка Віталія, 13</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA53080370010183642</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>(095)7814815, (050)2551106</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
           <t>dcuschoolpl@gmail.com</t>
         </is>
       </c>
       <c r="S19" s="4"/>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Гурська Ольга Василівна</t>
+          <t>Директор Гурська Ольга Василівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
   </sheetData>