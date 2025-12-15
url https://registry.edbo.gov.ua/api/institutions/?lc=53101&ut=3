--- v0 (2025-11-06)
+++ v1 (2025-12-15)
@@ -932,51 +932,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>5310136400</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Агітаційна, 2</t>
+          <t>вулиця Полковника Степана Лазуренка, 2</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA53080370010183642</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(0532)566840</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
@@ -2927,51 +2927,51 @@
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
           <t>Ліцей № 26 "Шевченківський" Полтавської міської ради</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
         <v>141205</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО № 26</t>
+          <t>Ліцей № 26</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>5310137000</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
@@ -5598,51 +5598,51 @@
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
           <t>(0532)689655</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
           <t>poch.school41@gmail.com</t>
         </is>
       </c>
       <c r="S48" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/poch-school41</t>
         </is>
       </c>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t>Директор Бутова Євгенія Олександрівна</t>
+          <t>В.о. директора Бурко Вікторія Олександрівна</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
@@ -6013,51 +6013,51 @@
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>5310137000</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кагамлика, 31а</t>
+          <t>вулиця Володимира В'язуна, 31а</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
           <t>(0532)593986</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
@@ -6126,51 +6126,51 @@
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H53" s="6" t="inlineStr">
         <is>
           <t>5310137000</t>
         </is>
       </c>
       <c r="I53" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J53" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K53" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ціолковського, 11</t>
+          <t>вулиця Ігоря Дорошенка, 11</t>
         </is>
       </c>
       <c r="L53" s="6" t="inlineStr">
         <is>
           <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M53" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
           <t>(0532)589765</t>
         </is>
       </c>
       <c r="Q53" s="4"/>
       <c r="R53" s="4" t="inlineStr">