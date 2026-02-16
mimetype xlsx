--- v1 (2025-12-15)
+++ v2 (2026-02-16)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$60</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$59</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y60"/>
+  <dimension ref="A1:Y59"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -5061,1954 +5061,1841 @@
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>Полтавський мистецький ліцей ім. Софії Русової Полтавської обласної ради</t>
+          <t>Полтавський навчально-виховний комплекс (ЗНЗ - ДНЗ) №16 Полтавської міської ради Полтавської області</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
-        <v>143725</v>
+        <v>141213</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>Полтавський мистецький ліцей ім. С. Русової</t>
+          <t>НВК №16</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
-          <t>5310136700</t>
+          <t>5310137000</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>проспект Першотравневий, 26</t>
+          <t>бульвар Щепотьєва, 16</t>
         </is>
       </c>
       <c r="L44" s="6" t="inlineStr">
         <is>
-          <t>UA53080370010266780</t>
+          <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M44" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
+          <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
-          <t>(0532)608742</t>
+          <t>(0532)583613</t>
         </is>
       </c>
       <c r="Q44" s="4"/>
       <c r="R44" s="4" t="inlineStr">
         <is>
-          <t>pol_licey@ukr.net</t>
+          <t>poltavanvk16@ukr.net</t>
         </is>
       </c>
       <c r="S44" s="4" t="inlineStr">
         <is>
-          <t>https://www.mus-art-lyceum.pl.ua</t>
+          <t>http://school16.poltava.ua</t>
         </is>
       </c>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Ключинська Алевтина Володимирівна</t>
+          <t>Директор Фіалкіна Вікторія Олександрівна</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>Полтавський навчально-виховний комплекс (ЗНЗ - ДНЗ) №16 Полтавської міської ради Полтавської області</t>
+          <t>Полтавський навчально-реабілітаційний центр Полтавської обласної ради</t>
         </is>
       </c>
       <c r="B45" s="5" t="n">
-        <v>141213</v>
+        <v>146531</v>
       </c>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>НВК №16</t>
+          <t>Полтавський НРЦ</t>
         </is>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>навчально-реабілітаційний центр</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
           <t>5310137000</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
-          <t>бульвар Щепотьєва, 16</t>
+          <t>вулиця Героїв Сталінграду, 16</t>
         </is>
       </c>
       <c r="L45" s="6" t="inlineStr">
         <is>
           <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M45" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти Полтавської міської ради</t>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
-          <t>(0532)583613</t>
+          <t>(0532)660641</t>
         </is>
       </c>
       <c r="Q45" s="4"/>
       <c r="R45" s="4" t="inlineStr">
         <is>
-          <t>poltavanvk16@ukr.net</t>
+          <t>nvkpor@meta.ua</t>
         </is>
       </c>
       <c r="S45" s="4" t="inlineStr">
         <is>
-          <t>http://school16.poltava.ua</t>
+          <t>https://sites.google.com/view/nrcpoltava</t>
         </is>
       </c>
       <c r="T45" s="4" t="inlineStr">
         <is>
-          <t>Директор Фіалкіна Вікторія Олександрівна</t>
+          <t>Директор Січкар Любов Іванівна</t>
         </is>
       </c>
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>Полтавський навчально-реабілітаційний центр Полтавської обласної ради</t>
+          <t>Полтавський спортивний ліцей Полтавської обласної ради</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
-        <v>146531</v>
+        <v>144236</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>Полтавський НРЦ</t>
+          <t>Полтавський спортивний ліцей</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
-          <t>навчально-реабілітаційний центр</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
           <t>5310137000</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Сталінграду, 16</t>
+          <t>вулиця Монастирська, 9-А</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
           <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(0532)660641</t>
+          <t>(0532)607228</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
       <c r="R46" s="4" t="inlineStr">
         <is>
-          <t>nvkpor@meta.ua</t>
+          <t>polint_1@ukr.net</t>
         </is>
       </c>
       <c r="S46" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/nrcpoltava</t>
+          <t>http://pol-int1.pl.ua</t>
         </is>
       </c>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Директор Січкар Любов Іванівна</t>
+          <t>В.о. директора Сафонов Владислав Геннадійович</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>Полтавський спортивний ліцей Полтавської обласної ради</t>
+          <t>Початкова школа № 41 Полтавської міської ради</t>
         </is>
       </c>
       <c r="B47" s="5" t="n">
-        <v>144236</v>
+        <v>148362</v>
       </c>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>Полтавський спортивний ліцей</t>
+          <t>ПШ № 41</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
-          <t>5310137000</t>
+          <t>5310136700</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>вулиця Монастирська, 9-А</t>
+          <t>провулок Давидовського, 12</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
-          <t>UA53080370010339303</t>
+          <t>UA53080370010266780</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
+          <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>(0532)607228</t>
+          <t>(0532)689655</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>polint_1@ukr.net</t>
+          <t>poch.school41@gmail.com</t>
         </is>
       </c>
       <c r="S47" s="4" t="inlineStr">
         <is>
-          <t>http://pol-int1.pl.ua</t>
+          <t>https://sites.google.com/view/poch-school41</t>
         </is>
       </c>
       <c r="T47" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Сафонов Владислав Геннадійович</t>
+          <t>Директор Іванченко Валентина Олексіївна</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа № 41 Полтавської міської ради</t>
+          <t>Початкова школа № 45 Полтавської міської ради</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
-        <v>148362</v>
+        <v>148557</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>ПШ № 41</t>
+          <t>ПШ № 45</t>
         </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
-          <t>5310136700</t>
+          <t>5310137000</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>провулок Давидовського, 12</t>
+          <t>вулиця Грушевського, 17 б</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
-          <t>UA53080370010266780</t>
+          <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
-          <t>(0532)689655</t>
+          <t>(0532)633295</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
-          <t>poch.school41@gmail.com</t>
+          <t>pochatkova.shkola.45@gmail.com</t>
         </is>
       </c>
       <c r="S48" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/poch-school41</t>
+          <t>nvk45.pl.ua</t>
         </is>
       </c>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Бурко Вікторія Олександрівна</t>
+          <t>Директор Шаповал Алла Олексіївна</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа № 45 Полтавської міської ради</t>
+          <t>Початкова школа №42 Полтавської міської ради</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>148557</v>
+        <v>148363</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>ПШ № 45</t>
+          <t>ПШ №42</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
-          <t>5310137000</t>
+          <t>5310136400</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 17 б</t>
+          <t>вулиця Затишна, 4</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
-          <t>UA53080370010339303</t>
+          <t>UA53080370010183642</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(0532)633295</t>
+          <t>(0532)562877</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>pochatkova.shkola.45@gmail.com</t>
+          <t>snvk10poltava@gmail.com</t>
         </is>
       </c>
       <c r="S49" s="4" t="inlineStr">
         <is>
-          <t>nvk45.pl.ua</t>
+          <t>https://surl.li/jnnfpf</t>
         </is>
       </c>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t>Директор Шаповал Алла Олексіївна</t>
+          <t>Директор Хрипко Наталія Миколаїіна</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа №42 Полтавської міської ради</t>
+          <t>Початкова школа №43 Полтавської міської ради</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>148363</v>
+        <v>148365</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>ПШ №42</t>
+          <t>ПШ№43</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
-          <t>5310136400</t>
+          <t>5310137000</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>вулиця Затишна, 4</t>
+          <t>вулиця Стрітенська, 20</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
-          <t>UA53080370010183642</t>
+          <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(0532)562877</t>
+          <t>(0532)609393, (0532)609697</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>snvk10poltava@gmail.com</t>
+          <t>step26@i.ua</t>
         </is>
       </c>
       <c r="S50" s="4" t="inlineStr">
         <is>
-          <t>https://surl.li/jnnfpf</t>
+          <t>http://www.psnvk26-pk.pl.sch.in.ua/</t>
         </is>
       </c>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t>Директор Хрипко Наталія Миколаїіна</t>
+          <t>Директор Осадча Олена Федорівна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа №43 Полтавської міської ради</t>
+          <t>Початкова школа №44 Полтавської міської ради</t>
         </is>
       </c>
       <c r="B51" s="5" t="n">
-        <v>148365</v>
+        <v>148536</v>
       </c>
       <c r="C51" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>ПШ№43</t>
+          <t>ПШ №44</t>
         </is>
       </c>
       <c r="E51" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G51" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H51" s="6" t="inlineStr">
         <is>
           <t>5310137000</t>
         </is>
       </c>
       <c r="I51" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J51" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K51" s="4" t="inlineStr">
         <is>
-          <t>вулиця Стрітенська, 20</t>
+          <t>вулиця Володимира В'язуна, 31а</t>
         </is>
       </c>
       <c r="L51" s="6" t="inlineStr">
         <is>
           <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M51" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N51" s="7"/>
       <c r="O51" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P51" s="4" t="inlineStr">
         <is>
-          <t>(0532)609393, (0532)609697</t>
+          <t>(0532)593986</t>
         </is>
       </c>
       <c r="Q51" s="4"/>
       <c r="R51" s="4" t="inlineStr">
         <is>
-          <t>step26@i.ua</t>
+          <t>p.shk.44@gmail.com</t>
         </is>
       </c>
       <c r="S51" s="4" t="inlineStr">
         <is>
-          <t>http://www.psnvk26-pk.pl.sch.in.ua/</t>
+          <t>http://lebidka.com.ua</t>
         </is>
       </c>
       <c r="T51" s="4" t="inlineStr">
         <is>
-          <t>Директор Осадча Олена Федорівна</t>
+          <t>Директор Ландар Тетяна Григорівна</t>
         </is>
       </c>
       <c r="U51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа №44 Полтавської міської ради</t>
+          <t>Початкова школа №46 Полтавської міської ради</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
-        <v>148536</v>
+        <v>148543</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>ПШ №44</t>
+          <t>ПШ №46</t>
         </is>
       </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>5310137000</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира В'язуна, 31а</t>
+          <t>вулиця Ігоря Дорошенка, 11</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
-          <t>(0532)593986</t>
+          <t>(0532)589765</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
         <is>
-          <t>p.shk.44@gmail.com</t>
+          <t>psh46@ukr.net</t>
         </is>
       </c>
       <c r="S52" s="4" t="inlineStr">
         <is>
-          <t>http://lebidka.com.ua</t>
+          <t>https://sites.google.com/view/pocatkovaskola46-com/</t>
         </is>
       </c>
       <c r="T52" s="4" t="inlineStr">
         <is>
-          <t>Директор Ландар Тетяна Григорівна</t>
+          <t>Директор Шурко Любов Митрофанівна</t>
         </is>
       </c>
       <c r="U52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа №46 Полтавської міської ради</t>
+          <t>Приватна школа "Чарівний світ"</t>
         </is>
       </c>
       <c r="B53" s="5" t="n">
-        <v>148543</v>
+        <v>139920</v>
       </c>
       <c r="C53" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>ПШ №46</t>
+          <t>Приватна школа "Чарівний світ"</t>
         </is>
       </c>
       <c r="E53" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H53" s="6" t="inlineStr">
         <is>
           <t>5310137000</t>
         </is>
       </c>
       <c r="I53" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J53" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K53" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ігоря Дорошенка, 11</t>
+          <t>вулиця Магдебурзького Права, 17</t>
         </is>
       </c>
       <c r="L53" s="6" t="inlineStr">
         <is>
           <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M53" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
-          <t>(0532)589765</t>
+          <t>(0532)561207</t>
         </is>
       </c>
       <c r="Q53" s="4"/>
       <c r="R53" s="4" t="inlineStr">
         <is>
-          <t>psh46@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>charivnuysvit@meta.ua</t>
+        </is>
+      </c>
+      <c r="S53" s="4"/>
       <c r="T53" s="4" t="inlineStr">
         <is>
-          <t>Директор Шурко Любов Митрофанівна</t>
+          <t>Директор Лещенко Петро Анатолійович</t>
         </is>
       </c>
       <c r="U53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="4" t="inlineStr">
         <is>
-          <t>Приватна школа "Чарівний світ"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ІТ СТЕП СКУЛ ПОЛТАВА"</t>
         </is>
       </c>
       <c r="B54" s="5" t="n">
-        <v>139920</v>
+        <v>176470</v>
       </c>
       <c r="C54" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D54" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D54" s="4"/>
       <c r="E54" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G54" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H54" s="6" t="inlineStr">
         <is>
           <t>5310137000</t>
         </is>
       </c>
       <c r="I54" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J54" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K54" s="4" t="inlineStr">
         <is>
-          <t>вулиця Магдебурзького Права, 17</t>
+          <t>вулиця Соборності, 33</t>
         </is>
       </c>
       <c r="L54" s="6" t="inlineStr">
         <is>
           <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M54" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N54" s="7"/>
       <c r="O54" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P54" s="4" t="inlineStr">
         <is>
-          <t>(0532)561207</t>
+          <t>(050)4421300</t>
         </is>
       </c>
       <c r="Q54" s="4"/>
       <c r="R54" s="4" t="inlineStr">
         <is>
-          <t>charivnuysvit@meta.ua</t>
+          <t>boychenko_l@itstep.org</t>
         </is>
       </c>
       <c r="S54" s="4"/>
       <c r="T54" s="4" t="inlineStr">
         <is>
-          <t>Директор Лещенко Петро Анатолійович</t>
+          <t>Директор Бойченко Людмила Анатоліївна</t>
         </is>
       </c>
       <c r="U54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ІТ СТЕП СКУЛ ПОЛТАВА"</t>
+          <t>Приватний заклад "Полтавський ліцей "ПАРОСТОК"</t>
         </is>
       </c>
       <c r="B55" s="5" t="n">
-        <v>176470</v>
+        <v>139912</v>
       </c>
       <c r="C55" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D55" s="4"/>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>ПЗ «Полтавський ліцей «ПАРОСТОК»</t>
+        </is>
+      </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G55" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H55" s="6" t="inlineStr">
         <is>
-          <t>5310137000</t>
+          <t>5310136400</t>
         </is>
       </c>
       <c r="I55" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J55" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K55" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборності, 33</t>
+          <t>вулиця Опитна, 56</t>
         </is>
       </c>
       <c r="L55" s="6" t="inlineStr">
         <is>
-          <t>UA53080370010339303</t>
+          <t>UA53080370010183642</t>
         </is>
       </c>
       <c r="M55" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N55" s="7"/>
       <c r="O55" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P55" s="4" t="inlineStr">
         <is>
-          <t>(050)4421300</t>
-[...2 lines deleted...]
-      <c r="Q55" s="4"/>
+          <t>(0532)611-537</t>
+        </is>
+      </c>
+      <c r="Q55" s="4" t="inlineStr">
+        <is>
+          <t>(0532)611-537</t>
+        </is>
+      </c>
       <c r="R55" s="4" t="inlineStr">
         <is>
-          <t>boychenko_l@itstep.org</t>
-[...2 lines deleted...]
-      <c r="S55" s="4"/>
+          <t>schoolparostok@gmail.com</t>
+        </is>
+      </c>
+      <c r="S55" s="4" t="inlineStr">
+        <is>
+          <t>https://schoolparostok.com/</t>
+        </is>
+      </c>
       <c r="T55" s="4" t="inlineStr">
         <is>
-          <t>Директор Бойченко Людмила Анатоліївна</t>
+          <t>Директор Ульяніч Олена Павлівна</t>
         </is>
       </c>
       <c r="U55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад "Полтавський ліцей "ПАРОСТОК"</t>
+          <t>Приватний навчально-виховний комплекс "Дошкільний навчальний заклад - спеціалізована школа" Оксани Данько</t>
         </is>
       </c>
       <c r="B56" s="5" t="n">
-        <v>139912</v>
+        <v>146556</v>
       </c>
       <c r="C56" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
-          <t>ПЗ «Полтавський ліцей «ПАРОСТОК»</t>
+          <t>ПНВК "ДНЗ-СШ" Оксани Данько</t>
         </is>
       </c>
       <c r="E56" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G56" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H56" s="6" t="inlineStr">
         <is>
           <t>5310136400</t>
         </is>
       </c>
       <c r="I56" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J56" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K56" s="4" t="inlineStr">
         <is>
-          <t>вулиця Опитна, 56</t>
+          <t>провулок Промисловий, 6а</t>
         </is>
       </c>
       <c r="L56" s="6" t="inlineStr">
         <is>
           <t>UA53080370010183642</t>
         </is>
       </c>
       <c r="M56" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N56" s="7"/>
       <c r="O56" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P56" s="4" t="inlineStr">
         <is>
-          <t>(0532)611-537</t>
-[...6 lines deleted...]
-      </c>
+          <t>(0532)566869</t>
+        </is>
+      </c>
+      <c r="Q56" s="4"/>
       <c r="R56" s="4" t="inlineStr">
         <is>
-          <t>schoolparostok@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>schooldanko@gmail.com</t>
+        </is>
+      </c>
+      <c r="S56" s="4"/>
       <c r="T56" s="4" t="inlineStr">
         <is>
-          <t>Директор Ульяніч Олена Павлівна</t>
+          <t>Директор Данько Оксана Іванівна</t>
         </is>
       </c>
       <c r="U56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="4" t="inlineStr">
         <is>
-          <t>Приватний навчально-виховний комплекс "Дошкільний навчальний заклад - спеціалізована школа" Оксани Данько</t>
+          <t>Спеціальна школа №39 Полтавської міської ради</t>
         </is>
       </c>
       <c r="B57" s="5" t="n">
-        <v>146556</v>
+        <v>141188</v>
       </c>
       <c r="C57" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>ПНВК "ДНЗ-СШ" Оксани Данько</t>
+          <t>СШ №39</t>
         </is>
       </c>
       <c r="E57" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G57" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H57" s="6" t="inlineStr">
         <is>
           <t>5310136400</t>
         </is>
       </c>
       <c r="I57" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J57" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K57" s="4" t="inlineStr">
         <is>
-          <t>провулок Промисловий, 6а</t>
+          <t>вулиця Сінна, 30/80</t>
         </is>
       </c>
       <c r="L57" s="6" t="inlineStr">
         <is>
           <t>UA53080370010183642</t>
         </is>
       </c>
       <c r="M57" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N57" s="7"/>
       <c r="O57" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P57" s="4" t="inlineStr">
         <is>
-          <t>(0532)566869</t>
+          <t>(0532)608577</t>
         </is>
       </c>
       <c r="Q57" s="4"/>
       <c r="R57" s="4" t="inlineStr">
         <is>
-          <t>schooldanko@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S57" s="4"/>
+          <t>school3915@gmail.com</t>
+        </is>
+      </c>
+      <c r="S57" s="4" t="inlineStr">
+        <is>
+          <t>http://school39.pl.sch.in.ua</t>
+        </is>
+      </c>
       <c r="T57" s="4" t="inlineStr">
         <is>
-          <t>Директор Данько Оксана Іванівна</t>
+          <t>Директор Рудяк Віта Іванівна</t>
         </is>
       </c>
       <c r="U57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="4" t="inlineStr">
         <is>
-          <t>Спеціальна школа №39 Полтавської міської ради</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ Гімназія «ЛЬОН&amp;ДРІМ СКУЛ ПОЛТАВА»</t>
         </is>
       </c>
       <c r="B58" s="5" t="n">
-        <v>141188</v>
+        <v>176635</v>
       </c>
       <c r="C58" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>СШ №39</t>
+          <t>ТОВ Гімназія «ЛЬОН&amp;ДРІМ СКУЛ ПОЛТАВА»</t>
         </is>
       </c>
       <c r="E58" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G58" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H58" s="6" t="inlineStr">
         <is>
           <t>5310136400</t>
         </is>
       </c>
       <c r="I58" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J58" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K58" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сінна, 30/80</t>
+          <t>вулиця вул. Грицаєнка Віталія, 13</t>
         </is>
       </c>
       <c r="L58" s="6" t="inlineStr">
         <is>
           <t>UA53080370010183642</t>
         </is>
       </c>
       <c r="M58" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N58" s="7"/>
       <c r="O58" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P58" s="4" t="inlineStr">
         <is>
-          <t>(0532)608577</t>
+          <t>(095)7814815, (050)2551106</t>
         </is>
       </c>
       <c r="Q58" s="4"/>
       <c r="R58" s="4" t="inlineStr">
         <is>
-          <t>school3915@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>dcuschoolpl@gmail.com</t>
+        </is>
+      </c>
+      <c r="S58" s="4"/>
       <c r="T58" s="4" t="inlineStr">
         <is>
-          <t>Директор Рудяк Віта Іванівна</t>
+          <t>Директор Гурська Ольга Василівна</t>
         </is>
       </c>
       <c r="U58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Приватна початкова школа міста Полтава "ДКУ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Я плюс"</t>
         </is>
       </c>
       <c r="B59" s="5" t="n">
-        <v>176635</v>
+        <v>176854</v>
       </c>
       <c r="C59" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Приватна початкова школа міста Полтава "ДКУ"</t>
+          <t>ТОВ "Я плюс"</t>
         </is>
       </c>
       <c r="E59" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G59" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H59" s="6" t="inlineStr">
         <is>
-          <t>5310136400</t>
+          <t>5310136700</t>
         </is>
       </c>
       <c r="I59" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J59" s="4" t="inlineStr">
         <is>
           <t>Полтава, Полтавська область</t>
         </is>
       </c>
       <c r="K59" s="4" t="inlineStr">
         <is>
-          <t>вулиця Старий Поділ, 4</t>
+          <t>вулиця Небесної Сотні, будинок 74, 9</t>
         </is>
       </c>
       <c r="L59" s="6" t="inlineStr">
         <is>
-          <t>UA53080370010183642</t>
+          <t>UA53080370010266780</t>
         </is>
       </c>
       <c r="M59" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., м. Полтава</t>
         </is>
       </c>
       <c r="N59" s="7"/>
       <c r="O59" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P59" s="4" t="inlineStr">
         <is>
-          <t>(095)7814815, (050)2551106</t>
+          <t>(095)3192255</t>
         </is>
       </c>
       <c r="Q59" s="4"/>
       <c r="R59" s="4" t="inlineStr">
         <is>
-          <t>dcuschoolpl@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S59" s="4"/>
+          <t>ya.plus.plt@gmail.com</t>
+        </is>
+      </c>
+      <c r="S59" s="4" t="inlineStr">
+        <is>
+          <t>yaplus.com.ua</t>
+        </is>
+      </c>
       <c r="T59" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Гурська Ольга Василівна</t>
+          <t>Директор Кирдій Володимир Михайлович</t>
         </is>
       </c>
       <c r="U59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y59" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
-[...111 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y60"/>
+  <autoFilter ref="A1:Y59"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>