--- v0 (2025-12-09)
+++ v1 (2026-03-17)
@@ -1389,51 +1389,51 @@
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Болградський р-н, с. Ганнівка</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Буджацької селищної ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(096)3347216</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>024380@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Димитрічак Тетяна Олександрівна</t>
+          <t>Завідувач філією Кушнір Світлана Василівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
@@ -1498,51 +1498,51 @@
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Болградський р-н, с. Євгенівка</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Буджацької селищної ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(04847)65233, (098)5048151</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>scholanna.kataman@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Коваржик Наталя Петрівна</t>
+          <t>Директор Коваржик Наталя Петрівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
@@ -2911,51 +2911,51 @@
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Болградський р-н, с. Новодолинське</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Буджацької селищної ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>(096)5396171</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
           <t>nowotarutino@ukr.net</t>
         </is>
       </c>
       <c r="S25" s="4"/>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Бордан Лариса Іванівна</t>
+          <t>Директор Бордан Лариса Іванівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
@@ -3129,51 +3129,51 @@
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Болградський р-н, с. Перемога</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Буджацької селищної ради</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
           <t>(04847)56249</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
           <t>peremoga19k@ukr.net</t>
         </is>
       </c>
       <c r="S27" s="4"/>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Волкова Лілія Радіонівна</t>
+          <t>Завідувач філією Волкова Лілія Родіонівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">