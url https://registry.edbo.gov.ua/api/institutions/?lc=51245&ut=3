--- v0 (2025-12-24)
+++ v1 (2026-03-24)
@@ -1364,51 +1364,51 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>5124582601</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>с. Михайлівка, Саратський район, Одеська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 144/а</t>
+          <t>вулиця Шкільна, 144-А</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA51040190070027180</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Білгород-Дністровський р-н, с. Михайлівка</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, сім'ї, молоді та спорту Саратської селищної ради Білгород-Дністровського району Одеської області</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(04848)46140</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
@@ -2499,51 +2499,51 @@
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Білгород-Дністровський р-н, с. Ройлянка</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Успенівської сільської ради Білгород-Дністровського району Одеської області</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
           <t>(04848)54258</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
           <t>raylianska-@ukr.net</t>
         </is>
       </c>
       <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Корень Олена Михайлівна</t>
+          <t>В.о. директора Церковна Світлана Степанівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
@@ -2684,51 +2684,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>5124555100</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>смт Сарата, Саратський район, Одеська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця КРІСТІАНА ВЕРНЕРА, 85</t>
+          <t>вулиця Крістіана Вернера, 85</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA51040190010067512</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Білгород-Дністровський р-н, с-ще Сарата</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, сім'ї, молоді та спорту Саратської селищної ради Білгород-Дністровського району Одеської області</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
           <t>(04848)22289</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">