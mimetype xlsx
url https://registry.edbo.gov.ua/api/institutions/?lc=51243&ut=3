--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -1409,64 +1409,64 @@
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>ПОЛЯНЕЦЬКИЙ ЛІЦЕЙ САВРАНСЬКОЇ СЕЛИЩНОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
+          <t>ПОЛЯНЕЦЬКА ГІМНАЗІЯ САВРАНСЬКОЇ СЕЛИЩНОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>136121</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Полянецький ліцей</t>
+          <t>Полянецька гімназія</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>5124383201</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
@@ -1599,51 +1599,51 @@
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Подільський р-н, с-ще Саврань</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Савранської селищної ради Одеської області</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(048)6531328</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>savran-school@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Лебеденко Олександр Прокопійович</t>
+          <t>Директор Рябокоровко Вікторія Сергіївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">