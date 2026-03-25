--- v0 (2025-10-23)
+++ v1 (2026-03-25)
@@ -2511,64 +2511,64 @@
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ " НОВОДОЛИНСЬКИЙ ЛІЦЕЙ" АВАНГАРДІВСЬКОЇ СЕЛИЩНОЇ РАДИ</t>
+          <t>ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "НОВОДОЛИНСЬКА ГІМНАЗІЯ" АВАНГАРДІВСЬКОЇ СЕЛИЩНОЇ РАДИ</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
         <v>134950</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО " НОВОДОЛИНСЬКИЙ ЛІЦЕЙ" АВАНГАРДІВСЬКОЇ СЕЛИЩНОЇ РАДИ</t>
+          <t>ЗЗСО "НОВОДОЛИНСЬКА ГІМНАЗІЯ" АВАНГАРДІВСЬКОЇ СЕЛИЩНОЇ РАДИ</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>5123783201</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
@@ -3278,51 +3278,51 @@
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Сухолиманська початкова школа Таїровської селищної ради Одеського району Одеської області</t>
+          <t>Сухолиманська початкова школа Таїрівської селищної ради Одеського району Одеської області</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
         <v>136987</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>Сухолиманська ПШ</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -3387,64 +3387,64 @@
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Таїровський ліцей Таїровської селищної ради Одеського району Одеської області</t>
+          <t>Таїрівський ліцей Таїрівської селищної ради Одеського району Одеської області</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
         <v>150220</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>Таїровський ліцей</t>
+          <t>Таїрівський ліцей</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>5123755800</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>