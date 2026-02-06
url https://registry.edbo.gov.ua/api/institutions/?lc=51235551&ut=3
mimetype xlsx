--- v0 (2025-11-08)
+++ v1 (2026-02-06)
@@ -503,61 +503,61 @@
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA51020150010053472</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, с-ще Миколаївка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Миколаївської селищної ради Березівського району Одеської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(04857)22038</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>zauthi@ukr.net</t>
+          <t>nikzosch@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://nikdnznikol.odessaedu.net</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Байвер Жанна Володимирівна</t>
+          <t>Директор Перевізник Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>