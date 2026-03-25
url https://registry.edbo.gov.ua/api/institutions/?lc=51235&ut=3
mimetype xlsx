--- v0 (2025-12-25)
+++ v1 (2026-03-25)
@@ -432,74 +432,74 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад освіти "Чернівський заклад загальної середньої освіти" Чернівської сільської ради Березівського району Одеської області</t>
+          <t>Чернівський ліцей з дошкільним відділенням, початковою школою та гімназією Чернівської сільської ради Березівського району Одеської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>141462</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>ОЗО "Чернівський ЗЗСО"</t>
+          <t>Чернівський ліцей</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>5123581001</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Андрієво-Іванівка, Миколаївський район, Одеська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 27</t>
@@ -522,87 +522,87 @@
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(068)1462260</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>aivanovo@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>aivanovoukrnet.odessaedu.net</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Лебідь Тетяна Станіславівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Антонюківський заклад загальної середньої освіти Миколаївської селищної ради Березівського району Одеської області</t>
+          <t>Антонюківський ліцей Миколаївської селищної ради Березівського району Одеської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>138572</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Антонюківський ЗЗСО</t>
+          <t>Антонюківський ліцей</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>5123581401</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
@@ -794,51 +794,51 @@
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Ісаївська гімназія з дошкільним відділенням та початковою школою Чернівської сільської ради Березівського району Одеської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>136776</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>Ісаївська гімназія</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>5123581801</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>с. Ісаєве, Миколаївський район, Одеська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 24</t>
@@ -907,51 +907,51 @@
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Левадівська гімназія з дошкільним відділенням та початковою школою імені С. І. Олійника Чернівської сільської ради Березівського району Одеської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>138411</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>Левадівська гімназія</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>5123582201</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>с. Левадівка, Миколаївський район, Одеська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 95</t>
@@ -1332,64 +1332,64 @@
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Олексіївський заклад загальної середньої освіти Миколаївської селищної ради Березівського району Одеської області</t>
+          <t>Олексіївський ліцей Миколаївської селищної ради Березівського району Одеської області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>138714</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Олексіївський ЗЗСО</t>
+          <t>Олексіївський ліцей</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>5123580401</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
@@ -1554,74 +1554,74 @@
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Скосарівський заклад загальної середньої освіти Чернівської сільської ради Березівського району Одеської області</t>
+          <t>Скосарівський ліцей з дошкільним відділенням, початковою школою та гімназією Чернівської сільської ради Березівського району Одеської області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>138666</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Скосарівський ЗЗСО</t>
+          <t>Скосарівський ліцей</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>5123583901</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>с. Скосарівка, Миколаївський район, Одеська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
           <t>вулиця Терлецького, 23-Б</t>
@@ -1752,92 +1752,92 @@
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Стрюківської сільської ради Миколаївського району Одеської області</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(04857)92-2-31</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
           <t>stryukovo@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
           <t>http://nikzoshstrukove.odessaedu.net</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Кузьміна Світлана Борисівна</t>
+          <t>Директор Хрущ Ірина Михайлівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Ульяновський заклад загальної середньої освіти Миколаївської селищної ради Березівського району Одеської області</t>
+          <t>Ульяновський ліцей Миколаївської селищної ради Березівського району Одеської області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
         <v>138912</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Ульяновський ЗЗСО</t>
+          <t>Ульяновський ліцей</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>5123585001</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>