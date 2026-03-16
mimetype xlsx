--- v0 (2025-12-30)
+++ v1 (2026-03-16)
@@ -1054,51 +1054,51 @@
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Подільський р-н, с-ще Любашівка</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Любашівської селищної ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(04864)21540</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>Lublicey@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Слусаренко Наталія Григорівна</t>
+          <t>Директор Московчук Наталія Григорівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">