--- v0 (2025-11-05)
+++ v1 (2026-03-18)
@@ -1914,57 +1914,57 @@
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA51120110400089717</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Подільський р-н, с. Новоселівка</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Куяльницької сільської ради Подільського району Одеської області</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(066)7376360</t>
+          <t>(066)9219550</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>schoolnow@ukr.net</t>
+          <t>schoolnov@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
           <t>Директор Іващук Римма Василівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>