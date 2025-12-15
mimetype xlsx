--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Нова Дофінівка, Лиманський район, Одеська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 30</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA51100350040059381</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Одеський р-н, с. Нова Дофінівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Фонтанської сільської ради Одеського району Одеської області</t>
+          <t>Управління освіти, культури, туризму, молоді та спорту Фонтанської сільської ради Одеського району Одеської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(067)3473767</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>dofinovkas@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Ропотин Оксана Богданівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">