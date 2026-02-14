--- v0 (2025-10-18)
+++ v1 (2026-02-14)
@@ -383,62 +383,62 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Крижанівка, Лиманський район, Одеська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>провулок Шкільний, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA51100350030037434</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Одеський р-н, с. Крижанівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Фонтанської сільської ради Одеського району Одеської області</t>
+          <t>Управління освіти, культури, туризму, молоді та спорту Фонтанської сільської ради Одеського району Одеської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(048)7527035</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>krijanovka-nvk@ukr.net</t>
+          <t>krijanovka.nvk@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Гнатюк Вадим Володимирович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
@@ -601,51 +601,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>с. Крижанівка, Лиманський район, Одеська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Гонтаренко, 19</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA51100350030037434</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Одеський р-н, с. Крижанівка</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Фонтанської сільської ради Одеського району Одеської області</t>
+          <t>Управління освіти, культури, туризму, молоді та спорту Фонтанської сільської ради Одеського району Одеської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(050)4198470, (063)4119779</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>smartkids.od.ua@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор РОТЕР Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">