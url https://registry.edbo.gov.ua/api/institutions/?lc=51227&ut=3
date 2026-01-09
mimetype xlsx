--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -1695,62 +1695,62 @@
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>с. Крижанівка, Лиманський район, Одеська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
           <t>провулок Шкільний, 1</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA51100350030037434</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Одеський р-н, с. Крижанівка</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Фонтанської сільської ради Одеського району Одеської області</t>
+          <t>Управління освіти, культури, туризму, молоді та спорту Фонтанської сільської ради Одеського району Одеської області</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(048)7527035</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>krijanovka-nvk@ukr.net</t>
+          <t>krijanovka.nvk@gmail.com</t>
         </is>
       </c>
       <c r="S14" s="4"/>
       <c r="T14" s="4" t="inlineStr">
         <is>
           <t>Директор Гнатюк Вадим Володимирович</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
@@ -1913,51 +1913,51 @@
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>с. Крижанівка, Лиманський район, Одеська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
           <t>вулиця Гонтаренко, 19</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA51100350030037434</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Одеський р-н, с. Крижанівка</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Фонтанської сільської ради Одеського району Одеської області</t>
+          <t>Управління освіти, культури, туризму, молоді та спорту Фонтанської сільської ради Одеського району Одеської області</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(050)4198470, (063)4119779</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
           <t>smartkids.od.ua@gmail.com</t>
         </is>
       </c>
       <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
           <t>Директор РОТЕР Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
@@ -2353,51 +2353,51 @@
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>с. Нова Дофінівка, Лиманський район, Одеська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 30</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA51100350040059381</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Одеський р-н, с. Нова Дофінівка</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Фонтанської сільської ради Одеського району Одеської області</t>
+          <t>Управління освіти, культури, туризму, молоді та спорту Фонтанської сільської ради Одеського району Одеської області</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(067)3473767</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>dofinovkas@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4"/>
       <c r="T20" s="4" t="inlineStr">
         <is>
           <t>Директор Ропотин Оксана Богданівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
@@ -2684,51 +2684,51 @@
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>с. Олександрівка, Лиманський район, Одеська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
           <t>вулиця Одеська, 2</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA51100350050081450</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Одеський р-н, с. Олександрівка</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Фонтанської сільської ради Одеського району Одеської області</t>
+          <t>Управління освіти, культури, туризму, молоді та спорту Фонтанської сільської ради Одеського району Одеської області</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
           <t>(048)750-35-21</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
           <t>aleschool1-3@ukr.net</t>
         </is>
       </c>
       <c r="S23" s="4"/>
       <c r="T23" s="4" t="inlineStr">
         <is>
           <t>Директор Пиндак Тетяна Георгіївна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
@@ -3120,51 +3120,51 @@
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>с-ще Світле, Лиманський район, Одеська область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
           <t>вулиця Комунальна, 35</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA51100350070026504</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Одеський р-н, с-ще Світле</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Фонтанської сільської ради Одеського району Одеської області</t>
+          <t>Управління освіти, культури, туризму, молоді та спорту Фонтанської сільської ради Одеського району Одеської області</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
           <t>(093)7170123</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
           <t>svitlivska.school@gmail.com</t>
         </is>
       </c>
       <c r="S27" s="4"/>
       <c r="T27" s="4" t="inlineStr">
         <is>
           <t>Директор Шалар Валерія Валеріївна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
@@ -3673,51 +3673,51 @@
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>с. Фонтанка, Лиманський район, Одеська область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 55</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA51100350010073678</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Одеський р-н, с. Фонтанка</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Фонтанської сільської ради Одеського району Одеської області</t>
+          <t>Управління освіти, культури, туризму, молоді та спорту Фонтанської сільської ради Одеського району Одеської області</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
           <t>(067)4215613</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
           <t>symba2007@ukr.net</t>
         </is>
       </c>
       <c r="S32" s="4"/>
       <c r="T32" s="4" t="inlineStr">
         <is>
           <t>Директор Іванюк Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">