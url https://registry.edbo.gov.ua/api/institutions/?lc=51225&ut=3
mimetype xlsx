--- v0 (2025-11-03)
+++ v1 (2026-01-03)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>філія «Баштанківська початкова школа» комунального закладу «Опорний заклад «Кодимський ліцей №2» Кодимської міської ради Подільського району Одеської області"</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140789</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Баштанківська початкова школа</t>
+          <t>філія "Баштанківська початкова школа"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5122580701</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
@@ -848,273 +848,273 @@
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Подільський р-н, с. Івашків</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Кодимської міської ради Подільського району Одеської області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(04867)2-43-40</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>s.ivashkiv@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Денисюк Росина Петрівна</t>
+          <t>Завідувач філією Ясінська Ганна Яківна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад «Опорний заклад «Кодимський ліцей № 2» Кодимської міської ради Подільського району Одеської області</t>
+          <t>комунальний заклад «Опорний заклад «Кодимський ліцей №1» Кодимської міської ради Подільського району Одеської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>140272</v>
+        <v>140247</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>КЗ «Опорний заклад «Кодимський ліцей №2»</t>
+          <t>КЗ «Опорний заклад «Кодимський ліцей №1»</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>5122510100</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Кодима, Кодимський район, Одеська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв АТО, 11</t>
+          <t>вулиця Соборна, 113</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA51120090010012317</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Подільський р-н, м. Кодима</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Кодимської міської ради Подільського району Одеської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(04867)21630</t>
+          <t>(04867)21338</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>Koduma_2@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>koduma_1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Обжелянська Анастасія Вікторівна</t>
+          <t>Директор Сільницька Людмила Степанівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад «Опорний заклад «Кодимський ліцей №1» Кодимської міської ради Подільського району Одеської області</t>
+          <t>Комунальний заклад «Опорний заклад «Кодимський ліцей №2» Кодимської міської ради Подільського району Одеської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>140247</v>
+        <v>140272</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>КЗ «Опорний заклад «Кодимський ліцей №1»</t>
+          <t>КЗ «Опорний заклад «Кодимський ліцей №2»</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>5122510100</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Кодима, Кодимський район, Одеська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборна, 113</t>
+          <t>вулиця Героїв АТО, 11</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA51120090010012317</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Подільський р-н, м. Кодима</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Кодимської міської ради Подільського району Одеської області</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(04867)21338</t>
+          <t>(04867)21630</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>koduma_1@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S8" s="4"/>
+          <t>Koduma_2@ukr.net</t>
+        </is>
+      </c>
+      <c r="S8" s="4" t="inlineStr">
+        <is>
+          <t>http://kodyma-nvk2.edukit.od.ua</t>
+        </is>
+      </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Сільницька Людмила Степанівна</t>
+          <t>Директор Обжелянська Анастасія Вікторівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
@@ -1962,51 +1962,51 @@
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Подільський р-н, с. Тимкове</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури, туризму та охорони здоров'я Слобідської селищної ради Подільського району одеської області</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(04867)2-41-54</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
           <t>s.tumkiv@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Доцуленко Антоніна Олександрівна</t>
+          <t>Завідувач філією Сандул Аліна Вікторівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">