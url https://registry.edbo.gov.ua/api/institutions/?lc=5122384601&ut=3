--- v0 (2025-10-31)
+++ v1 (2026-02-20)
@@ -342,76 +342,76 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Трудівський заклад загальної середньої освіти Кілійської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>151074</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Трудівський заклад загальної середньої освіти</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5122384601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Трудове, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Павла Ушакова, 10</t>
+          <t>вулиця Ушакова Павла, 10</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA51080050080012654</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Ізмаїльський р-н, с. Трудове</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти та молодіжної політики Кілійської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(067)8011064</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">