--- v0 (2025-10-21)
+++ v1 (2026-02-20)
@@ -319,74 +319,74 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>СТАРОТРОЯНІВСЬКИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ КАТЛАБУЗЬКОЇ СЕЛИЩНОЇ РАДИ ІЗМАЇЛЬСЬКОГО РАЙОНУ ОДЕСЬКОЇ ОБЛАСТІ</t>
+          <t>СТАРОТРОЯНІВСЬКА ГІМНАЗІЯ КАТЛАБУЗЬКОЇ СЕЛИЩНОЇ РАДИ ІЗМАЇЛЬСЬКОГО РАЙОНУ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>151082</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>СТАРОТРОЯНІВСЬКИЙ ЗЗСО</t>
+          <t>СТАРОТРОЯНІВСЬКА ГІМНАЗІЯ</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5122383901</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Старі Трояни, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 96</t>