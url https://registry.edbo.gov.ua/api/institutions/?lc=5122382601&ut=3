--- v0 (2025-10-19)
+++ v1 (2026-02-20)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Новоселівський заклад загальної середньої освіти Кілійської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>151313</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Новоселівський заклад загальної середньої освіти</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5122382601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Новоселівка, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 16</t>
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти та молодіжної політики Кілійської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04843)35240</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>novosselivka.school@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://novosselivka-school.e-schools.info/m/library/category/20714</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Одінцова Марія Дмитрівна</t>
+          <t>Директор Терзі Олександр Костянтинович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>